--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92380b31efae4ab2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ab66e5df5c54406" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R498b0d6d54b34ddf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5152923de7e141f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47392af108c04735" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R498b0d6d54b34ddf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd27038262c6040eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5152923de7e141f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Clean Water ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000BWKUES1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>17.09.2025</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,387</x:t>
-[...80 lines deleted...]
-          <x:t>25,851</x:t>
+          <x:t>25,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,419</x:t>
-[...431 lines deleted...]
-          <x:t>25,579</x:t>
+          <x:t>25,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,304</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>