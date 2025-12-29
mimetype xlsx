--- v1 (2025-11-25)
+++ v2 (2025-12-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ab66e5df5c54406" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28c5b06235b54489" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5152923de7e141f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f8bc6d7e515428f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd27038262c6040eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5152923de7e141f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c14e2980a734d6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f8bc6d7e515428f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Clean Water ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000BWKUES1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>25,304</x:t>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>