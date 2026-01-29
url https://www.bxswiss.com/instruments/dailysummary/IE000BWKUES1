--- v2 (2025-12-29)
+++ v3 (2026-01-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28c5b06235b54489" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94493295839a4991" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f8bc6d7e515428f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f45f83b1f8d4291"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c14e2980a734d6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f8bc6d7e515428f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1198e134cd824405" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f45f83b1f8d4291" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Clean Water ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000BWKUES1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.11.2025</x:t>
-[...166 lines deleted...]
-          <x:t>25,728</x:t>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,309</x:t>
-[...328 lines deleted...]
-          <x:t>25,026</x:t>
+          <x:t>25,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,353</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>