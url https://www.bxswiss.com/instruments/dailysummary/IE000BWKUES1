--- v3 (2026-01-29)
+++ v4 (2026-02-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94493295839a4991" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fdef74ad0f449f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f45f83b1f8d4291"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd2b7318b1894ffd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1198e134cd824405" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f45f83b1f8d4291" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3feae88894e4823" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd2b7318b1894ffd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Clean Water ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000BWKUES1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...90 lines deleted...]
-          <x:t>25,369</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,348</x:t>
-[...313 lines deleted...]
-          <x:t>26,512</x:t>
+          <x:t>25,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,467</x:t>
-[...107 lines deleted...]
-          <x:t>25,353</x:t>
+          <x:t>25,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,695</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>