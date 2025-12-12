--- v0 (2025-10-31)
+++ v1 (2025-12-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f3193abbc5044bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5c2d499f6d64d64" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb60fefb457d74c02"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffb437f3f4d842ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R621d6f8b8db8431e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb60fefb457d74c02" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12e9e411a46548a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffb437f3f4d842ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - Global Gender Equality UCITS ETF hAUD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000AP3J1Y3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>3,183</x:t>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>3,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>3,179</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...138 lines deleted...]
-          <x:t>07.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,235</x:t>
-[...296 lines deleted...]
-          <x:t>3,208</x:t>
+          <x:t>3,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,198</x:t>
-[...48 lines deleted...]
-          <x:t>3,196</x:t>
+          <x:t>3,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,223</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...32 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,271</x:t>
-[...63 lines deleted...]
-          <x:t>3,236</x:t>
+          <x:t>3,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,344</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>