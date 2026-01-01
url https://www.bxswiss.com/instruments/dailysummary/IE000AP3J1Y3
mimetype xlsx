--- v1 (2025-12-12)
+++ v2 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5c2d499f6d64d64" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68cd359f68994d78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffb437f3f4d842ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d93889f0eb24b0b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12e9e411a46548a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffb437f3f4d842ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R510536a174274942" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d93889f0eb24b0b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - Global Gender Equality UCITS ETF hAUD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000AP3J1Y3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,529 +149,124 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.11.2025</x:t>
-[...58 lines deleted...]
-          <x:t>3,268</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,264</x:t>
-[...16 lines deleted...]
-          <x:t>3,289</x:t>
+          <x:t>3,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,245</x:t>
-[...381 lines deleted...]
-        <x:is>
           <x:t>3,314</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,312</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,301 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,401</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>