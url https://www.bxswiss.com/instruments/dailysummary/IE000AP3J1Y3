--- v2 (2026-01-01)
+++ v3 (2026-02-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68cd359f68994d78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recd0fa37430a4751" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d93889f0eb24b0b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e47d67b58154040"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R510536a174274942" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d93889f0eb24b0b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9eb814c71d84240" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e47d67b58154040" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - Global Gender Equality UCITS ETF hAUD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000AP3J1Y3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>3,401</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,554</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>