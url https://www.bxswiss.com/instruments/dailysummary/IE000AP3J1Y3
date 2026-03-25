--- v3 (2026-02-13)
+++ v4 (2026-03-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recd0fa37430a4751" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R422171f321b041c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e47d67b58154040"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb5bde5fb5204e42"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9eb814c71d84240" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e47d67b58154040" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R713b87d9185a43a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb5bde5fb5204e42" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - Global Gender Equality UCITS ETF hAUD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000AP3J1Y3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,498</x:t>
-[...139 lines deleted...]
-          <x:t>3,461</x:t>
+          <x:t>3,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,463</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...188 lines deleted...]
-          <x:t>29.01.2026</x:t>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,538</x:t>
-[...279 lines deleted...]
-          <x:t>3,554</x:t>
+          <x:t>3,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,463</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>