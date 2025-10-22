--- v0 (2025-10-01)
+++ v1 (2025-10-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb9bdc3cde7442a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a6d46c1a3fe42cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd67b5dba5c8d4fa0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa1e39a2c0094bbb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re28e477a71da4e8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd67b5dba5c8d4fa0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d151da4865d45c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa1e39a2c0094bbb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco S&amp;P World Energy ESG UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000AIFGRB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>5,011</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>5,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>4,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>4,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>5,020</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>4,841</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,866</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>4,969</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>