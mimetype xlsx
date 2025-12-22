--- v1 (2025-10-22)
+++ v2 (2025-12-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a6d46c1a3fe42cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcea8719c163b402a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa1e39a2c0094bbb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9224109ff9124eda"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d151da4865d45c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa1e39a2c0094bbb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re985e3ca1a514188" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9224109ff9124eda" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco S&amp;P World Energy ESG UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000AIFGRB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,921</x:t>
+          <x:t>4,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,894</x:t>
-[...566 lines deleted...]
-          <x:t>4,765</x:t>
+          <x:t>4,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,898</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>