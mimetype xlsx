--- v2 (2025-12-22)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcea8719c163b402a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8d50c15369b4325" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9224109ff9124eda"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R046176f5b1bf4f0e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re985e3ca1a514188" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9224109ff9124eda" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd61c33d44a3843de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R046176f5b1bf4f0e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco S&amp;P World Energy ESG UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000AIFGRB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.11.2025</x:t>
-[...41 lines deleted...]
-          <x:t>4,926</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,978</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>4,898</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,069</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>