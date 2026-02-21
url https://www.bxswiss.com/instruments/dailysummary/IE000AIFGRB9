--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8d50c15369b4325" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdfcc699d8244176" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R046176f5b1bf4f0e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf68430b7cc0c4e41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd61c33d44a3843de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R046176f5b1bf4f0e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3795b1d4cee54e0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf68430b7cc0c4e41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco S&amp;P World Energy ESG UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000AIFGRB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,110</x:t>
-[...441 lines deleted...]
-          <x:t>5,069</x:t>
+          <x:t>5,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,691</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>