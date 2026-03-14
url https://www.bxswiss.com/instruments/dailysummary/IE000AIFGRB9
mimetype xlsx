--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdfcc699d8244176" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfed82d216bb5478e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf68430b7cc0c4e41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23e716dcf5034ddb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3795b1d4cee54e0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf68430b7cc0c4e41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b95dde1c36e4c86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23e716dcf5034ddb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco S&amp;P World Energy ESG UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000AIFGRB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,436</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,129</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>