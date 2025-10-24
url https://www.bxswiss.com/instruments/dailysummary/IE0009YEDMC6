--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17824f77a6704146" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe33a6a3f8d649e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raae5b65a65054df5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0de93f178f25443d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7cf672f297aa4b79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raae5b65a65054df5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77d489a9fb904806" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0de93f178f25443d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HSBC FTSE EPRA NAREIT Developed UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0009YEDMC6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,998</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,027</x:t>
-[...70 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>21,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,851</x:t>
-[...220 lines deleted...]
-          <x:t>22,015</x:t>
+          <x:t>21,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,020</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>22,135</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>