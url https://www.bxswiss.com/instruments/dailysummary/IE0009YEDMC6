--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe33a6a3f8d649e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd76f613485f9461c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0de93f178f25443d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9b7cb90bdd143cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77d489a9fb904806" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0de93f178f25443d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8724c967a525422a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9b7cb90bdd143cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HSBC FTSE EPRA NAREIT Developed UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0009YEDMC6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>21,915</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,770</x:t>
-[...21 lines deleted...]
-          <x:t>21,823</x:t>
+          <x:t>21,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,897</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>22,500</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,947</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>