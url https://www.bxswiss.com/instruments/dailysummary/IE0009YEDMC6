--- v2 (2025-11-14)
+++ v3 (2025-12-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd76f613485f9461c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d248e3bbba7450c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9b7cb90bdd143cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad5574a94d6447de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8724c967a525422a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9b7cb90bdd143cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf09417bdc854fe6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad5574a94d6447de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HSBC FTSE EPRA NAREIT Developed UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0009YEDMC6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,760</x:t>
-[...367 lines deleted...]
-          <x:t>31.10.2025</x:t>
+          <x:t>21,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,840</x:t>
-[...161 lines deleted...]
-          <x:t>22,081</x:t>
+          <x:t>21,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,930</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>21,947</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,913</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>