--- v3 (2025-12-31)
+++ v4 (2026-02-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d248e3bbba7450c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e677b32f7f6448e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad5574a94d6447de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90264f66c7e245a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf09417bdc854fe6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad5574a94d6447de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb87b9033e564e82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90264f66c7e245a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HSBC FTSE EPRA NAREIT Developed UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0009YEDMC6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>21,913</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,413</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>