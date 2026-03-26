--- v4 (2026-02-13)
+++ v5 (2026-03-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e677b32f7f6448e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc1d8409df5c47cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90264f66c7e245a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff4bfa6b1c5f4537"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb87b9033e564e82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90264f66c7e245a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19f563bd142c4b56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff4bfa6b1c5f4537" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HSBC FTSE EPRA NAREIT Developed UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0009YEDMC6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...193 lines deleted...]
-          <x:t>22,370</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,289</x:t>
-[...436 lines deleted...]
-          <x:t>23,413</x:t>
+          <x:t>22,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,964</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>