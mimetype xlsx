--- v0 (2025-10-06)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3823a3bc807420f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R718b8ce0d4d740f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74824fd445cd4982"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fa0baba290f4124"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R001a32860e3a4b0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74824fd445cd4982" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cca21f514b94820" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fa0baba290f4124" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X China Electric Vehicle &amp; Battery UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00094FRAA6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,320</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,353</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>