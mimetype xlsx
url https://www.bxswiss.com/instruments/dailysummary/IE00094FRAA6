--- v1 (2025-10-26)
+++ v2 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R718b8ce0d4d740f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71d1f1bf628344f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fa0baba290f4124"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf912d20ebc8540ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cca21f514b94820" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fa0baba290f4124" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65c4ad5c7d414503" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf912d20ebc8540ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X China Electric Vehicle &amp; Battery UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00094FRAA6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>23,636</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,864</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...559 lines deleted...]
-          <x:t>23,353</x:t>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,711</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>