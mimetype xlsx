--- v2 (2025-11-16)
+++ v3 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71d1f1bf628344f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8384a318e5d94316" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf912d20ebc8540ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6da4e262ada4e2c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65c4ad5c7d414503" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf912d20ebc8540ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19678c650ddd45e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6da4e262ada4e2c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X China Electric Vehicle &amp; Battery UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00094FRAA6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...68 lines deleted...]
-          <x:t>21,897</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,299</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>23,711</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,093</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>