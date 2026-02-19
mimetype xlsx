--- v3 (2026-01-08)
+++ v4 (2026-02-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8384a318e5d94316" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda4fc769db754adb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6da4e262ada4e2c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R690c85ad96194053"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19678c650ddd45e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6da4e262ada4e2c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07e1e897f0374425" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R690c85ad96194053" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X China Electric Vehicle &amp; Battery UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00094FRAA6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>22,775</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,833</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...384 lines deleted...]
-          <x:t>24,093</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,232</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>