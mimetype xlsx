--- v0 (2025-10-04)
+++ v1 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f6b161b7b504c7f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R021a66a2412f45a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21d81182ab184195"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R684f70b008b44d1a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f322c027d754bf8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21d81182ab184195" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05c7335901114a5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R684f70b008b44d1a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wisdomtree Blockchain UCITS ETF - USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000940RNE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>54,382</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,697</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>