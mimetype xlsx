--- v1 (2025-11-13)
+++ v2 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R021a66a2412f45a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a91c9e7a18b417a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R684f70b008b44d1a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3abc6f3f23c4f5e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05c7335901114a5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R684f70b008b44d1a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra55e3f4c2eab46bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3abc6f3f23c4f5e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wisdomtree Blockchain UCITS ETF - USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000940RNE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>48,697</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,831</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>