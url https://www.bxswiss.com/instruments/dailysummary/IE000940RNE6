--- v2 (2026-02-06)
+++ v3 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a91c9e7a18b417a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95f2ebf3cf8645fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3abc6f3f23c4f5e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re67c49b2027947f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra55e3f4c2eab46bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3abc6f3f23c4f5e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01924d35c73b40ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re67c49b2027947f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wisdomtree Blockchain UCITS ETF - USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000940RNE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,221</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,618</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>