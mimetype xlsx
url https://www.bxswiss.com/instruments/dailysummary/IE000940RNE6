--- v3 (2026-02-26)
+++ v4 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95f2ebf3cf8645fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4aeddad953b94efe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re67c49b2027947f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R665ffc17fc9e43e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01924d35c73b40ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re67c49b2027947f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8be6452d91ee44d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R665ffc17fc9e43e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wisdomtree Blockchain UCITS ETF - USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000940RNE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...230 lines deleted...]
-          <x:t>36,828</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,831</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>39,618</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,440</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>