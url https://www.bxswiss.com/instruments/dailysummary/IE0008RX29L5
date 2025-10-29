--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f92b9ead0ba49ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0620b6f42fcb4022" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7c2347d7f3648fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0f6cad100a94213"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3072dae7275422e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7c2347d7f3648fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3a9f8ff36174b98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0f6cad100a94213" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Wind Energy UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0008RX29L5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,529 +149,124 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...296 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,442</x:t>
-[...70 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>4,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,386</x:t>
-[...70 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>4,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,497</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>4,494</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,524</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,684</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,830</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>