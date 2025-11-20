--- v1 (2025-10-29)
+++ v2 (2025-11-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0620b6f42fcb4022" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4261d2578b8c4f6c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0f6cad100a94213"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc5bf1491b924ad5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3a9f8ff36174b98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0f6cad100a94213" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68bfee626ae149c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc5bf1491b924ad5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Wind Energy UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0008RX29L5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>4,541</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,584</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
-[...451 lines deleted...]
-          <x:t>4,830</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,642</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>