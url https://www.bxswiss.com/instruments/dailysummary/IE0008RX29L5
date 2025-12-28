--- v2 (2025-11-20)
+++ v3 (2025-12-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4261d2578b8c4f6c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb86b7dfa2a34013" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc5bf1491b924ad5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c9fff6ea8404fef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68bfee626ae149c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc5bf1491b924ad5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6d3f639fc714708" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c9fff6ea8404fef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Wind Energy UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0008RX29L5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>4,750</x:t>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,698</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>4,661</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,708</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>23.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,676</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,679</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...455 lines deleted...]
-          <x:t>4,712</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,654</x:t>
-[...58 lines deleted...]
-          <x:t>4,642</x:t>
+          <x:t>4,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>