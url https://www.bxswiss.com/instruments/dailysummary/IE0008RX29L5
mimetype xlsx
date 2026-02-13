--- v3 (2025-12-28)
+++ v4 (2026-02-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb86b7dfa2a34013" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a8fb2b0f74f4794" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c9fff6ea8404fef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0321842e59f84b60"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6d3f639fc714708" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c9fff6ea8404fef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R947776223554424e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0321842e59f84b60" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Wind Energy UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0008RX29L5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.11.2025</x:t>
-[...505 lines deleted...]
-          <x:t>4,745</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,365</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>