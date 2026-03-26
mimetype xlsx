--- v4 (2026-02-13)
+++ v5 (2026-03-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a8fb2b0f74f4794" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9965c7d8c03f4307" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0321842e59f84b60"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3b7b9e035174b4b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R947776223554424e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0321842e59f84b60" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae0d8bd9bc3c4ae6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3b7b9e035174b4b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Wind Energy UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0008RX29L5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...220 lines deleted...]
-          <x:t>5,213</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,209</x:t>
-[...70 lines deleted...]
-          <x:t>5,202</x:t>
+          <x:t>5,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,177</x:t>
-[...259 lines deleted...]
-          <x:t>5,354</x:t>
+          <x:t>5,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,302</x:t>
-[...58 lines deleted...]
-          <x:t>5,365</x:t>
+          <x:t>5,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,357</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>