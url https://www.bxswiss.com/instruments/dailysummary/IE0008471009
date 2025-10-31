--- v0 (2025-10-10)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R216c8179b2224eed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7f44a043fbc4ae6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7fc974d7734844d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51f97e7bef314721"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5eb59199d5db46a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7fc974d7734844d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re330ea8563f14540" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51f97e7bef314721" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II Core EURO STOXX 50 UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0008471009</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,431</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,770</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>