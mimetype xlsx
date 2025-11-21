--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7f44a043fbc4ae6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b38b6310f894a0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51f97e7bef314721"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a8bd184e0774ac7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re330ea8563f14540" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51f97e7bef314721" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30961e976223491f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a8bd184e0774ac7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II Core EURO STOXX 50 UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0008471009</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,581 +149,176 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>53,092</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,149</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...344 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,389</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,558</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,653</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>