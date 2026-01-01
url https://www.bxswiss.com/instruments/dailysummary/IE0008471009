--- v2 (2025-11-21)
+++ v3 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b38b6310f894a0b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7648e15808cb4ecb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a8bd184e0774ac7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8dac86b9153342c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30961e976223491f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a8bd184e0774ac7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38c92f9e991b42ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8dac86b9153342c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II Core EURO STOXX 50 UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0008471009</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...446 lines deleted...]
-          <x:t>53,700</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,090</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.11.2025</x:t>
-[...181 lines deleted...]
-          <x:t>52,653</x:t>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,849</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>