--- v3 (2026-01-01)
+++ v4 (2026-02-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7648e15808cb4ecb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3354bae5af14054" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8dac86b9153342c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8bca6522ec24fa7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38c92f9e991b42ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8dac86b9153342c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e481cfdbef54597" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8bca6522ec24fa7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II Core EURO STOXX 50 UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0008471009</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>54,849</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>