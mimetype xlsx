--- v4 (2026-02-12)
+++ v5 (2026-03-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3354bae5af14054" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e479b7cd22c4888" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8bca6522ec24fa7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4fe000ddd8474743"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e481cfdbef54597" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8bca6522ec24fa7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdb5503463984161" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4fe000ddd8474743" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II Core EURO STOXX 50 UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0008471009</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...640 lines deleted...]
-          <x:t>55,875</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,047</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>