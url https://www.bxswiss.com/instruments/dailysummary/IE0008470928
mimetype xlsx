--- v0 (2025-10-22)
+++ v1 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94474de59c274df5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5da18ea8eaf41af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b0ec9fc57fe4f45"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb6aaf4495974b95"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0dcda17efaff4a45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b0ec9fc57fe4f45" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe10c1ef6018412e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb6aaf4495974b95" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II STOXX Europe 50 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0008470928</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>45,129</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,415</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>