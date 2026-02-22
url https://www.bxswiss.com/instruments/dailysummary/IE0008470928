--- v1 (2026-02-02)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5da18ea8eaf41af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f223090ba404386" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb6aaf4495974b95"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09b1036d8eee44db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe10c1ef6018412e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb6aaf4495974b95" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re605763d722f4b38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09b1036d8eee44db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II STOXX Europe 50 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0008470928</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>47,015</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,415</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.01.2026</x:t>
-[...505 lines deleted...]
-          <x:t>47,415</x:t>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,931</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>