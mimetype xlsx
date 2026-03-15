--- v2 (2026-02-22)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f223090ba404386" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf64387f69e524521" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09b1036d8eee44db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3208aeeed0a94321"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re605763d722f4b38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09b1036d8eee44db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69926c9829c54966" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3208aeeed0a94321" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II STOXX Europe 50 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0008470928</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,578 +149,173 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...220 lines deleted...]
-          <x:t>47,130</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>47,095</x:t>
-[...295 lines deleted...]
-        <x:is>
           <x:t>47,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,286</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,857</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,932</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>