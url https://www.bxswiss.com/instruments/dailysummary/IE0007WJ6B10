--- v0 (2025-10-15)
+++ v1 (2025-11-04)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2655d03b29e64b09" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36da5e8c2a02487f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f2a79e3de0f4036"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4199a0c15e9f49f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7939051d83c248ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f2a79e3de0f4036" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78e7bbae585447b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4199a0c15e9f49f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI Global SDG 6 Clean Water &amp; Sanitation UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0007WJ6B10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>30,566</x:t>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,698</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>22.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,842</x:t>
-[...97 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>30,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,675</x:t>
-[...333 lines deleted...]
-          <x:t>30,307</x:t>
+          <x:t>30,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,863</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>