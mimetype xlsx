--- v1 (2025-11-04)
+++ v2 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36da5e8c2a02487f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8c9a03a83d8423f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4199a0c15e9f49f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f00ab7c0049415a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78e7bbae585447b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4199a0c15e9f49f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R475290c7c84c4a3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f00ab7c0049415a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI Global SDG 6 Clean Water &amp; Sanitation UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0007WJ6B10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.10.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,924</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,789</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>