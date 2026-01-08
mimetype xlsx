--- v2 (2025-11-25)
+++ v3 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8c9a03a83d8423f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bde5c456c974ee4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f00ab7c0049415a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R443cda94bf9a4dc7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R475290c7c84c4a3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f00ab7c0049415a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1623336586f4c06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R443cda94bf9a4dc7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI Global SDG 6 Clean Water &amp; Sanitation UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0007WJ6B10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...149 lines deleted...]
-          <x:t>29,951</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,991</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>04.11.2025</x:t>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,746</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>29,702</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,910</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>05.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,947</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...362 lines deleted...]
-          <x:t>29,789</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,893</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>