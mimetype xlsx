--- v3 (2026-01-08)
+++ v4 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bde5c456c974ee4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc52fb1c366754dc2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R443cda94bf9a4dc7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c08822439b44d49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1623336586f4c06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R443cda94bf9a4dc7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f7e66db41e44037" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c08822439b44d49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI Global SDG 6 Clean Water &amp; Sanitation UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0007WJ6B10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...117 lines deleted...]
-          <x:t>30,157</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29,971</x:t>
-[...323 lines deleted...]
-          <x:t>29,893</x:t>
+          <x:t>29,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,678</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>