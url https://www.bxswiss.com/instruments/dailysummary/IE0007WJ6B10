--- v4 (2026-01-31)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc52fb1c366754dc2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc9951bda1464bf9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c08822439b44d49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf815ca8f045b4835"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f7e66db41e44037" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c08822439b44d49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5801b889831e4e6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf815ca8f045b4835" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI Global SDG 6 Clean Water &amp; Sanitation UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0007WJ6B10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...112 lines deleted...]
-          <x:t>29,675</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29,595</x:t>
-[...124 lines deleted...]
-          <x:t>30,811</x:t>
+          <x:t>30,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,576</x:t>
-[...301 lines deleted...]
-          <x:t>29,678</x:t>
+          <x:t>30,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,374</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>