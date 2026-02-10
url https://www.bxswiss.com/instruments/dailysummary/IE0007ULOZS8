--- v0 (2025-12-28)
+++ v1 (2026-02-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87b43cc187cf418f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re431e264805c4203" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53d1a5d783fd4f57"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba92661ef2ab4915"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R235a2470e47948b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53d1a5d783fd4f57" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rade64980a3364ea8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba92661ef2ab4915" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) S&amp;P 500 ESG UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0007ULOZS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.11.2025</x:t>
-[...144 lines deleted...]
-          <x:t>50,148</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,589</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>50,206</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>50,065</x:t>
-[...350 lines deleted...]
-          <x:t>49,798</x:t>
+          <x:t>49,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,490</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>