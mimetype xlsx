--- v1 (2026-02-10)
+++ v2 (2026-03-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re431e264805c4203" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f859f91825443eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba92661ef2ab4915"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad31c8be10ea4d76"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rade64980a3364ea8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba92661ef2ab4915" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd694b2cfece244e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad31c8be10ea4d76" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) S&amp;P 500 ESG UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0007ULOZS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...198 lines deleted...]
-          <x:t>49,807</x:t>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>49,589</x:t>
-[...129 lines deleted...]
-          <x:t>49,095</x:t>
+          <x:t>49,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,269</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.01.2026</x:t>
-[...134 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>49,747</x:t>
-[...90 lines deleted...]
-          <x:t>49,490</x:t>
+          <x:t>49,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>