--- v0 (2025-10-11)
+++ v1 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96d94c08a7c548c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7657f293a464a1d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7d6b0d98a1f4e59"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f5a1fc2eadf477b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57135f3de7af42d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7d6b0d98a1f4e59" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ba06ec7af6a4036" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f5a1fc2eadf477b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Superdividend UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00077FRP95</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>7,731</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,787</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...59 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,854</x:t>
-[...85 lines deleted...]
-          <x:t>7,804</x:t>
+          <x:t>7,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,836</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>8,150</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,755</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>7,740</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,711</x:t>
-[...355 lines deleted...]
-          <x:t>7,560</x:t>
+          <x:t>7,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,004</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>