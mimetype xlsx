--- v1 (2026-01-09)
+++ v2 (2026-02-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7657f293a464a1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d12b6ec5b1146ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f5a1fc2eadf477b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe56b35438c245f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ba06ec7af6a4036" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f5a1fc2eadf477b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f21f0970d9c4040" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe56b35438c245f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Superdividend UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00077FRP95</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...463 lines deleted...]
-          <x:t>7,949</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,935</x:t>
-[...4 lines deleted...]
-          <x:t>8,004</x:t>
+          <x:t>8,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,173</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>