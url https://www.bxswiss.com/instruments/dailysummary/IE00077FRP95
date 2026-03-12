--- v2 (2026-02-19)
+++ v3 (2026-03-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d12b6ec5b1146ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68485f2f334541a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe56b35438c245f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1be89b78892546b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f21f0970d9c4040" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe56b35438c245f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a67706abf93459b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1be89b78892546b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Superdividend UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00077FRP95</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,185</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>8,144</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,184</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>8,041</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,099</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...165 lines deleted...]
-          <x:t>29.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,165</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...389 lines deleted...]
-          <x:t>8,173</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,093</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>