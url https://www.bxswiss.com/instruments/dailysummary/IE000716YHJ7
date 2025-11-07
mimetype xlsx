--- v0 (2025-10-07)
+++ v1 (2025-11-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e391a2974854182" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdaa213c7c9454ced" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b6b32dd5a96401a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radbf4f2faf9b45f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cb5f0aa42e443de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b6b32dd5a96401a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2dc58b1957f64764" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radbf4f2faf9b45f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco FTSE All-World UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000716YHJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>6,317</x:t>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,334</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...221 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,442</x:t>
-[...183 lines deleted...]
-          <x:t>6,497</x:t>
+          <x:t>6,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,491</x:t>
-[...58 lines deleted...]
-          <x:t>6,529</x:t>
+          <x:t>6,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,596</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>