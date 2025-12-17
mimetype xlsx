--- v1 (2025-11-07)
+++ v2 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdaa213c7c9454ced" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46f6af9e01bd4384" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radbf4f2faf9b45f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1644dcb3a4f4b84"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2dc58b1957f64764" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radbf4f2faf9b45f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd25ed4ff9f1a48c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1644dcb3a4f4b84" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco FTSE All-World UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000716YHJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>6,547</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,521</x:t>
-[...11 lines deleted...]
-          <x:t>07.10.2025</x:t>
+          <x:t>6,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,528</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,557</x:t>
-[...43 lines deleted...]
-          <x:t>09.10.2025</x:t>
+          <x:t>6,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,599</x:t>
-[...436 lines deleted...]
-          <x:t>6,637</x:t>
+          <x:t>6,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,646</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.11.2025</x:t>
-[...100 lines deleted...]
-          <x:t>6,596</x:t>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,569</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>