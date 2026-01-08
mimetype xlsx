--- v2 (2025-12-17)
+++ v3 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46f6af9e01bd4384" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99df7d917eed439c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1644dcb3a4f4b84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54f418b89be94139"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd25ed4ff9f1a48c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1644dcb3a4f4b84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1679833987b44968" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54f418b89be94139" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco FTSE All-World UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000716YHJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...193 lines deleted...]
-          <x:t>6,620</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,608</x:t>
-[...382 lines deleted...]
-          <x:t>6,569</x:t>
+          <x:t>6,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,803</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>