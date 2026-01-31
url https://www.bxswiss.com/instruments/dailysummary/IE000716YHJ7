--- v3 (2026-01-08)
+++ v4 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99df7d917eed439c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e783cf29aec479d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54f418b89be94139"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8799d131faea4d15"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1679833987b44968" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54f418b89be94139" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raab391a3c1e946dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8799d131faea4d15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco FTSE All-World UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000716YHJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>6,714</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,703</x:t>
-[...43 lines deleted...]
-          <x:t>6,693</x:t>
+          <x:t>6,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,698</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>15.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,641</x:t>
-        </x:is>
-[...310 lines deleted...]
-          <x:t>6,803</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>