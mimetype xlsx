--- v4 (2026-01-31)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e783cf29aec479d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd48318a619bd4ab6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8799d131faea4d15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re80e0b7c536c478e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raab391a3c1e946dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8799d131faea4d15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91c1dbfca8f6449a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re80e0b7c536c478e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco FTSE All-World UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000716YHJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>6,652</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>6,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>6,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>6,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>6,674</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...435 lines deleted...]
-          <x:t>27.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,740</x:t>
-[...90 lines deleted...]
-          <x:t>6,641</x:t>
+          <x:t>6,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,745</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>