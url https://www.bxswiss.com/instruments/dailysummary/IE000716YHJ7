--- v5 (2026-02-21)
+++ v6 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd48318a619bd4ab6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra716af262f5f463e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re80e0b7c536c478e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b78f3453be34431"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91c1dbfca8f6449a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re80e0b7c536c478e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81c8c84fa8d74893" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b78f3453be34431" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco FTSE All-World UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000716YHJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,803</x:t>
-[...4 lines deleted...]
-          <x:t>6,762</x:t>
+          <x:t>6,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,782</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
-[...139 lines deleted...]
-          <x:t>6,607</x:t>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,595</x:t>
-[...237 lines deleted...]
-          <x:t>6,775</x:t>
+          <x:t>6,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,647</x:t>
-[...161 lines deleted...]
-          <x:t>6,745</x:t>
+          <x:t>6,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,599</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>