--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5b416eae0c4410b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62ae72d03e1246b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf74c35d3c87426c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R154dc939b07942aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37d753eb17ea409a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf74c35d3c87426c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R590da81557ee47f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R154dc939b07942aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World ex USA UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0006WW1TQ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>30,721</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,613</x:t>
-[...323 lines deleted...]
-          <x:t>31,558</x:t>
+          <x:t>31,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,654</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>07.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>31,747</x:t>
-[...90 lines deleted...]
-          <x:t>31,091</x:t>
+          <x:t>31,673</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>