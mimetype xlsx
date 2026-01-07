--- v1 (2025-11-02)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62ae72d03e1246b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28617edc2374451b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R154dc939b07942aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd33c0b64392f4459"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R590da81557ee47f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R154dc939b07942aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6e954c7f7fe4a1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd33c0b64392f4459" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World ex USA UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0006WW1TQ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>31,673</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,420</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>