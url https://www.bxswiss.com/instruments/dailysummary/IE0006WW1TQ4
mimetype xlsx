--- v2 (2026-01-07)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28617edc2374451b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4beb26e46af54c86" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd33c0b64392f4459"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra46e342659e244d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6e954c7f7fe4a1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd33c0b64392f4459" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a141bcfe68a4c97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra46e342659e244d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World ex USA UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0006WW1TQ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...365 lines deleted...]
-          <x:t>32,476</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,687</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...46 lines deleted...]
-          <x:t>33,420</x:t>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,665</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>