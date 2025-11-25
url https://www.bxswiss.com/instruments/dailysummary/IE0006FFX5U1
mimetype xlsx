--- v0 (2025-10-07)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fb3ad788da141ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5414a6e587df4cbb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9596ec1c3b24b19"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77e89075a37a429f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R863989db62474d48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9596ec1c3b24b19" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R488fbaa45033498f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77e89075a37a429f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Innovation UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0006FFX5U1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>40,332</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,664</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>41,823</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,140</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>