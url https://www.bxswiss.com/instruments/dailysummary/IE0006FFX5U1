--- v1 (2025-11-25)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5414a6e587df4cbb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R595b21ec98c24d28" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77e89075a37a429f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a13547dd8994f56"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R488fbaa45033498f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77e89075a37a429f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb23acbf88d864148" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a13547dd8994f56" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Innovation UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0006FFX5U1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>41,731</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>41,612</x:t>
-[...404 lines deleted...]
-          <x:t>39,862</x:t>
+          <x:t>42,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,939</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>41,140</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,358</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>