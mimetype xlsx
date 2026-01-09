--- v2 (2026-01-08)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R595b21ec98c24d28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73bc7ff3bbcf407e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a13547dd8994f56"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R545d3bb925504bbf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb23acbf88d864148" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a13547dd8994f56" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34df2999a0ca4d7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R545d3bb925504bbf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Innovation UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0006FFX5U1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -605,28 +605,55 @@
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,906</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,358</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>