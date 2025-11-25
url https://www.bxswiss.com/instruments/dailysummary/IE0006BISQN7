--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61d7230e89b3420d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7ea36d5902b490f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R555e551b9e1c4e9a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48a59dd68421411f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3915fe084a164fc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R555e551b9e1c4e9a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra532290795624ec1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48a59dd68421411f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>L&amp;G Multi-Strategy Enhanced Commodities UCITS ETF CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0006BISQN7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>9,866</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,956</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>10,135</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,899</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>9,832</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,856</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,705</x:t>
-[...210 lines deleted...]
-          <x:t>9,996</x:t>
+          <x:t>9,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,867</x:t>
-[...97 lines deleted...]
-          <x:t>10,059</x:t>
+          <x:t>9,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,937</x:t>
-[...134 lines deleted...]
-          <x:t>9,794</x:t>
+          <x:t>9,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,692</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>