--- v1 (2025-11-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7ea36d5902b490f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8640892cb78f4f4f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48a59dd68421411f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3afa7da212343f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra532290795624ec1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48a59dd68421411f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64b995fd52cd4aa8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3afa7da212343f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>L&amp;G Multi-Strategy Enhanced Commodities UCITS ETF CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0006BISQN7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,136</x:t>
-[...102 lines deleted...]
-          <x:t>9,837</x:t>
+          <x:t>9,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,692</x:t>
-[...463 lines deleted...]
-          <x:t>9,692</x:t>
+          <x:t>10,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,057</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>