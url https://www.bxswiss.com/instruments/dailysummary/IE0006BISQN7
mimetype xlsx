--- v2 (2026-01-11)
+++ v3 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8640892cb78f4f4f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f18720674ac4a5a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3afa7da212343f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e24131cc8af4e16"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64b995fd52cd4aa8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3afa7da212343f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6bd91a5cc4a84972" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e24131cc8af4e16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>L&amp;G Multi-Strategy Enhanced Commodities UCITS ETF CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0006BISQN7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,997</x:t>
-[...210 lines deleted...]
-          <x:t>9,915</x:t>
+          <x:t>10,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,805</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>10,157</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>10,057</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,628</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>