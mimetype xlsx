--- v3 (2026-02-01)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f18720674ac4a5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a727925a5d849db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e24131cc8af4e16"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4cae9181f8154c83"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6bd91a5cc4a84972" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e24131cc8af4e16" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a91b890058b4a24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4cae9181f8154c83" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>L&amp;G Multi-Strategy Enhanced Commodities UCITS ETF CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0006BISQN7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...257 lines deleted...]
-          <x:t>10,036</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,152</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>10,252</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,300</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>10,359</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,452</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.01.2026</x:t>
-[...100 lines deleted...]
-          <x:t>10,628</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,517</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>