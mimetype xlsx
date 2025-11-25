--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4ae0fcb01534c61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5145607fff2e4e63" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refcd6d5a163646ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c89d17cae4e427f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e3f8a509d824ad1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refcd6d5a163646ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra037787dcfef4e2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c89d17cae4e427f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) - MSCI USA ESG Leaders UCITS ETF (USA) A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00063GNWK1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>209,411</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,546</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>