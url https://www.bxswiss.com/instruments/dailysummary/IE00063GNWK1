--- v1 (2025-11-25)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5145607fff2e4e63" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8035275730f4fe5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c89d17cae4e427f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d3b645fb21149ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra037787dcfef4e2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c89d17cae4e427f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ac7e8c291244bfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d3b645fb21149ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) - MSCI USA ESG Leaders UCITS ETF (USA) A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00063GNWK1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>215,546</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,879</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>