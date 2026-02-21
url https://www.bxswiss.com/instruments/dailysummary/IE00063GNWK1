--- v2 (2026-01-08)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8035275730f4fe5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2556ce337fff4565" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d3b645fb21149ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0bd6e47203e74971"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ac7e8c291244bfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d3b645fb21149ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59dc119757044cde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0bd6e47203e74971" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) - MSCI USA ESG Leaders UCITS ETF (USA) A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00063GNWK1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>222,539</x:t>
-[...9 lines deleted...]
-          <x:t>221,879</x:t>
+          <x:t>221,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,598</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>