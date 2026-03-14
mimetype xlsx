--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2556ce337fff4565" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bf4afb2cb1c401b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0bd6e47203e74971"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18e7c9a115004ad2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59dc119757044cde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0bd6e47203e74971" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb907ac86331346b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18e7c9a115004ad2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) - MSCI USA ESG Leaders UCITS ETF (USA) A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00063GNWK1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,424</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,994</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>