--- v0 (2025-10-14)
+++ v1 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5efb894196bc41f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7b7853fcc0740dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99952bc2d7f042ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f1f473b88f24e69"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba81a2dbad364f50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99952bc2d7f042ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R366d940d5b4c472e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f1f473b88f24e69" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Bionic Engineering UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0005TF96I9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>15,952</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,237</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>