--- v1 (2026-01-09)
+++ v2 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7b7853fcc0740dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93fb476aee1e4379" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f1f473b88f24e69"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re13cceb6813247f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R366d940d5b4c472e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f1f473b88f24e69" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R224f75c0d7e843d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re13cceb6813247f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Bionic Engineering UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0005TF96I9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...112 lines deleted...]
-          <x:t>16,815</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,942</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,608</x:t>
-[...119 lines deleted...]
-          <x:t>19.12.2025</x:t>
+          <x:t>16,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,905</x:t>
-[...225 lines deleted...]
-          <x:t>17,237</x:t>
+          <x:t>16,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,976</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>