--- v2 (2026-02-01)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93fb476aee1e4379" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R952f275dd4694339" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re13cceb6813247f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc1c1d4403bb41d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R224f75c0d7e843d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re13cceb6813247f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98ab1039191e48bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc1c1d4403bb41d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Bionic Engineering UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0005TF96I9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,468 +149,171 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>16,606</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,582</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...393 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,453</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,563</x:t>
@@ -683,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,874</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,835</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>