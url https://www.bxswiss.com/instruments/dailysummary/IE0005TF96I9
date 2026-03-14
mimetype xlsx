--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R952f275dd4694339" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6e22830d62a4ba2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc1c1d4403bb41d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra71929995fd7449f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98ab1039191e48bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc1c1d4403bb41d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ede25274c304115" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra71929995fd7449f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Bionic Engineering UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0005TF96I9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...215 lines deleted...]
-          <x:t>30.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,874</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,243</x:t>
-[...85 lines deleted...]
-          <x:t>15,741</x:t>
+          <x:t>16,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,952</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>15,835</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,008</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>