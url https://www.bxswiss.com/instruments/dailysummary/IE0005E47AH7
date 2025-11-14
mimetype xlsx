--- v0 (2025-10-24)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf114b7f18894e8b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R756a601b90624b4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2c29b5f29ea42c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0e0888ee91a46b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc10243326fe94534" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2c29b5f29ea42c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R380109b166bc48c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0e0888ee91a46b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI Global SDG 9 Industry, Innovation &amp; Infrastructure UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0005E47AH7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,928</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,938</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,729</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>