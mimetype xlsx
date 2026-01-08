--- v1 (2025-11-14)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R756a601b90624b4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recf8cc475bbc4cd7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0e0888ee91a46b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1fc9655b2ea4cee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R380109b166bc48c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0e0888ee91a46b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra20320a2aed94ffa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1fc9655b2ea4cee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI Global SDG 9 Industry, Innovation &amp; Infrastructure UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0005E47AH7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...382 lines deleted...]
-          <x:t>24,969</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24,675</x:t>
-[...21 lines deleted...]
-          <x:t>25,444</x:t>
+          <x:t>25,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,326</x:t>
-[...215 lines deleted...]
-          <x:t>24,729</x:t>
+          <x:t>25,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,161</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>