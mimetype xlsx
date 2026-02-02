--- v2 (2026-01-08)
+++ v3 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recf8cc475bbc4cd7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28fc32281ea046f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1fc9655b2ea4cee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re107087a01d74fa9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra20320a2aed94ffa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1fc9655b2ea4cee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08a5f992a3a04a2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re107087a01d74fa9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI Global SDG 9 Industry, Innovation &amp; Infrastructure UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0005E47AH7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,078</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +224,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,038</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>