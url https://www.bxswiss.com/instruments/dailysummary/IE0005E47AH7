--- v3 (2026-02-02)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28fc32281ea046f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90aa799cbb2849a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re107087a01d74fa9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46648825442a46de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08a5f992a3a04a2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re107087a01d74fa9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10d99cd4f44d42e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46648825442a46de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI Global SDG 9 Industry, Innovation &amp; Infrastructure UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0005E47AH7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,462</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -683,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,399</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>