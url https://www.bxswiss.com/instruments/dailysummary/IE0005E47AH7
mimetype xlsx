--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90aa799cbb2849a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R072c50fcf82045bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46648825442a46de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffc32889cf054ee3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10d99cd4f44d42e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46648825442a46de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12ff9554bbf64c0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffc32889cf054ee3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI Global SDG 9 Industry, Innovation &amp; Infrastructure UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0005E47AH7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...414 lines deleted...]
-          <x:t>28,488</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,293</x:t>
-[...60 lines deleted...]
-          <x:t>16.02.2026</x:t>
+          <x:t>27,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,064</x:t>
-[...117 lines deleted...]
-          <x:t>28,399</x:t>
+          <x:t>27,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,813</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>