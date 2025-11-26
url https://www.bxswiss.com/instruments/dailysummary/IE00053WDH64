--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R952cc1a8c3764568" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7354caffc4ab47c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa1335bda99b4322"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5ec0a4bc1304044"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a0aa39738e74557" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa1335bda99b4322" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc78b8a69e05a4a19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5ec0a4bc1304044" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Hydrogen Economy UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00053WDH64</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...377 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,094</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...200 lines deleted...]
-          <x:t>3,212</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,120</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>