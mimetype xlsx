--- v1 (2025-11-26)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7354caffc4ab47c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06c35b42ced6494d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5ec0a4bc1304044"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37f7ca284dd04c43"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc78b8a69e05a4a19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5ec0a4bc1304044" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf573f171333e45a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37f7ca284dd04c43" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Hydrogen Economy UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00053WDH64</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>3,333</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,300</x:t>
-[...102 lines deleted...]
-          <x:t>3,342</x:t>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,300</x:t>
-[...43 lines deleted...]
-          <x:t>3,375</x:t>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>3,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>3,358</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>3,120</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,441</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>