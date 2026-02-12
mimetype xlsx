--- v2 (2026-01-07)
+++ v3 (2026-02-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06c35b42ced6494d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79bcf6314b684965" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37f7ca284dd04c43"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ba6c94222c6458c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf573f171333e45a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37f7ca284dd04c43" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfa36c0174754d12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ba6c94222c6458c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Hydrogen Economy UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00053WDH64</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>3,441</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,904</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>