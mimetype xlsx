--- v3 (2026-02-12)
+++ v4 (2026-03-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79bcf6314b684965" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R326184116b6e4256" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ba6c94222c6458c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5b44e7488134a90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfa36c0174754d12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ba6c94222c6458c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d415edf503e43b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5b44e7488134a90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Hydrogen Economy UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00053WDH64</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...220 lines deleted...]
-          <x:t>3,674</x:t>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,725</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...104 lines deleted...]
-          <x:t>3,758</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,717</x:t>
-        </x:is>
-[...273 lines deleted...]
-          <x:t>3,904</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>