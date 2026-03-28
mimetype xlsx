--- v4 (2026-03-07)
+++ v5 (2026-03-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R326184116b6e4256" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra919685cadac4031" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5b44e7488134a90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf642739cc154fa4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d415edf503e43b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5b44e7488134a90" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cbad1c789774f98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf642739cc154fa4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Hydrogen Economy UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00053WDH64</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...9 lines deleted...]
-          <x:t>3,742</x:t>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,663</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>3,736</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,754</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>3,733</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,832</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>3,979</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,878</x:t>
-[...11 lines deleted...]
-          <x:t>3,851</x:t>
+          <x:t>3,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,811</x:t>
-[...21 lines deleted...]
-          <x:t>3,925</x:t>
+          <x:t>3,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,856</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,865</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...379 lines deleted...]
-          <x:t>3,717</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,803</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>