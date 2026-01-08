--- v0 (2025-11-25)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde924c3c6e554004" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3beea8982ab43f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7197f6f48a846bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd416800795ce4c21"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64c156b909e24445" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7197f6f48a846bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R324a76f621d64254" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd416800795ce4c21" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Core FTSE 100 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0005042456</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...95 lines deleted...]
-          <x:t>9,970</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,022</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...246 lines deleted...]
-          <x:t>12.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,178</x:t>
-[...225 lines deleted...]
-          <x:t>9,884</x:t>
+          <x:t>10,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,504</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>