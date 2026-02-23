--- v1 (2026-01-08)
+++ v2 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3beea8982ab43f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94bfa1aa4f224504" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd416800795ce4c21"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67ce05ac74f448b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R324a76f621d64254" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd416800795ce4c21" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R394a85d84bf645f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67ce05ac74f448b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Core FTSE 100 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0005042456</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...409 lines deleted...]
-          <x:t>10,482</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,477</x:t>
-[...31 lines deleted...]
-          <x:t>10,504</x:t>
+          <x:t>10,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,928</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>