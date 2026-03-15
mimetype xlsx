--- v2 (2026-02-23)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94bfa1aa4f224504" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra524810948be444c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67ce05ac74f448b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9d304f2e5494942"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R394a85d84bf645f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67ce05ac74f448b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88bdd207d96d4b40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9d304f2e5494942" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Core FTSE 100 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0005042456</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,606</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>10,551</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,537</x:t>
-[...296 lines deleted...]
-          <x:t>10,521</x:t>
+          <x:t>10,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,578</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,625</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>10,928</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,516</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>