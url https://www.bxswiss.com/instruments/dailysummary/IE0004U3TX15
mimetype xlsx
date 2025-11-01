--- v0 (2025-10-11)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97e21d4aba1e4cdc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R246b2294b6524034" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbae62f4823049e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe385777ae1b463e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5eebd89e8edf4829" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbae62f4823049e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26d486e0ee514d47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe385777ae1b463e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>L&amp;G Metaverse ESG Exclusions UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0004U3TX15</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,582</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,055</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>