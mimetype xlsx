--- v1 (2025-11-01)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R246b2294b6524034" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02778cdb93834981" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe385777ae1b463e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R397c8f2382ab41ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26d486e0ee514d47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe385777ae1b463e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3e5f877169949b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R397c8f2382ab41ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>L&amp;G Metaverse ESG Exclusions UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0004U3TX15</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>20,124</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19,336</x:t>
-[...409 lines deleted...]
-          <x:t>21,055</x:t>
+          <x:t>19,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,951</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>