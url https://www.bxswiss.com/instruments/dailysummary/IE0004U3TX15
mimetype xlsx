--- v2 (2026-01-09)
+++ v3 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02778cdb93834981" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16751aa60cae48f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R397c8f2382ab41ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c057f3bdc834cdb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3e5f877169949b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R397c8f2382ab41ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1320faba2d21457b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c057f3bdc834cdb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>L&amp;G Metaverse ESG Exclusions UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0004U3TX15</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,902</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,016</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +251,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,540</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>