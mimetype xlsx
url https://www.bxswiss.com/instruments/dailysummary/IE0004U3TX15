--- v3 (2026-02-01)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16751aa60cae48f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c5e3234d4de4d1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c057f3bdc834cdb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcaf1a923cc7f426b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1320faba2d21457b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c057f3bdc834cdb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra550a38a10b84368" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcaf1a923cc7f426b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>L&amp;G Metaverse ESG Exclusions UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0004U3TX15</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...122 lines deleted...]
-          <x:t>20,956</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,223</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>21,540</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,554</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>