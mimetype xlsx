--- v4 (2026-02-22)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c5e3234d4de4d1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf8bdcb9eb164341" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcaf1a923cc7f426b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3190e05ee9c94af9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra550a38a10b84368" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcaf1a923cc7f426b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8de2a032411a49f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3190e05ee9c94af9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>L&amp;G Metaverse ESG Exclusions UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0004U3TX15</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...122 lines deleted...]
-          <x:t>21,228</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,337</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>21,554</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,438</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>