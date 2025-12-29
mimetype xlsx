--- v0 (2025-10-04)
+++ v1 (2025-12-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re707ec08c9304e09" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R358fcec11adf436e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ba6794b67d044c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b02c537a4574967"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51864f0ee6364c63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ba6794b67d044c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6be5a745ca9148fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b02c537a4574967" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) S&amp;P 500 Equal Weight ESG UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0004MFRED4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>41,221</x:t>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,981</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>