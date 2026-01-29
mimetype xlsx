--- v1 (2025-12-29)
+++ v2 (2026-01-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R358fcec11adf436e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra38ef8ef76ca4a84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b02c537a4574967"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9608b20f4d984d10"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6be5a745ca9148fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b02c537a4574967" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d8ce5eed5c64cc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9608b20f4d984d10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) S&amp;P 500 Equal Weight ESG UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0004MFRED4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>41,923</x:t>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,950</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...263 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,364</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>41,981</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,357</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>