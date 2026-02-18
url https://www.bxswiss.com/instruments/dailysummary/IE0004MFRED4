--- v2 (2026-01-29)
+++ v3 (2026-02-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra38ef8ef76ca4a84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R109803377b0e454f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9608b20f4d984d10"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6129c65e00e64129"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d8ce5eed5c64cc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9608b20f4d984d10" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e18f3d84ca84d6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6129c65e00e64129" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) S&amp;P 500 Equal Weight ESG UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0004MFRED4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>19.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,353</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -683,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,177</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>