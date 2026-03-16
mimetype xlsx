--- v3 (2026-02-18)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R109803377b0e454f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9a46abee80f40ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6129c65e00e64129"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R957612fa20b543d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e18f3d84ca84d6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6129c65e00e64129" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda707c433a58496e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R957612fa20b543d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) S&amp;P 500 Equal Weight ESG UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0004MFRED4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>43,086</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>42,673</x:t>
-[...38 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>44,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>43,849</x:t>
-[...139 lines deleted...]
-          <x:t>41,800</x:t>
+          <x:t>43,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,967</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>43,177</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,136</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>