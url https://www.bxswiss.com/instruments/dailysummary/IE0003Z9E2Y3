--- v0 (2025-10-10)
+++ v1 (2025-11-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a1e4300a8404753" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refdf0e81f8df44c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3d02130a9ff46ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R646a038581d1489b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4b7240f8eda47a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3d02130a9ff46ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12ae230dafc54589" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R646a038581d1489b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Copper Miners UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0003Z9E2Y3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...490 lines deleted...]
-          <x:t>37,273</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>37,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>36,443</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>39,555</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,707</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>