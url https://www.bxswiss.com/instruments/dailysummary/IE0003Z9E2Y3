--- v1 (2025-11-20)
+++ v2 (2025-12-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refdf0e81f8df44c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R917dfa0d225b43fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R646a038581d1489b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9555aeedbdb24c23"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12ae230dafc54589" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R646a038581d1489b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02ab942f65624ced" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9555aeedbdb24c23" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Copper Miners UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0003Z9E2Y3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>36,707</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,814</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>