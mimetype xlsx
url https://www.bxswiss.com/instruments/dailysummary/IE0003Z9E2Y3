--- v2 (2025-12-31)
+++ v3 (2026-02-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R917dfa0d225b43fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb85f66267a894dc9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9555aeedbdb24c23"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb11741d9d3824fb3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02ab942f65624ced" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9555aeedbdb24c23" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3bca66dd34f4d8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb11741d9d3824fb3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Copper Miners UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0003Z9E2Y3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>44,814</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,322</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>