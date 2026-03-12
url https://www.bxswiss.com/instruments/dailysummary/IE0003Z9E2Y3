--- v3 (2026-02-10)
+++ v4 (2026-03-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb85f66267a894dc9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07b947dd8b22415c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb11741d9d3824fb3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94448c2a0fe24ba9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3bca66dd34f4d8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb11741d9d3824fb3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c2a4f473f264c92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94448c2a0fe24ba9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Copper Miners UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0003Z9E2Y3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...296 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>55,987</x:t>
-[...279 lines deleted...]
-          <x:t>53,322</x:t>
+          <x:t>52,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,773</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>