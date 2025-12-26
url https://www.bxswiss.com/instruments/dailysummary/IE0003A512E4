--- v0 (2025-11-14)
+++ v1 (2025-12-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e97e033294d4710" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1cbc8b6f5264b27" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7af73d2ad21f4743"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f3627fdc1b04ee9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fad7bbffba24131" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7af73d2ad21f4743" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdbbd8dc9272467b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f3627fdc1b04ee9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ARK Artificial Intelligence &amp; Robotics UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0003A512E4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...107 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,571</x:t>
+          <x:t>8,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,207</x:t>
-        </x:is>
-[...516 lines deleted...]
-          <x:t>8,022</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>