--- v1 (2025-12-26)
+++ v2 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1cbc8b6f5264b27" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3861919ad5b04ef4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f3627fdc1b04ee9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R160c980421fa40b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdbbd8dc9272467b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f3627fdc1b04ee9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2791e2e72ca43e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R160c980421fa40b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ARK Artificial Intelligence &amp; Robotics UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0003A512E4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...122 lines deleted...]
-          <x:t>7,908</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,987</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>8,207</x:t>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,358</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>