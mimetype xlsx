--- v2 (2026-02-06)
+++ v3 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3861919ad5b04ef4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fcef77c43fc4e0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R160c980421fa40b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90b7c37959ac4c19"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2791e2e72ca43e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R160c980421fa40b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5b7f7add70c4a3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90b7c37959ac4c19" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ARK Artificial Intelligence &amp; Robotics UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0003A512E4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,273</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,706</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>