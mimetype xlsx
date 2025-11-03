--- v0 (2025-10-12)
+++ v1 (2025-11-03)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb87ab41a3fb34b30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd642c732fc4a4c32" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09d2e0e68bf24802"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re02c663e46da487b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84455956c6ff41b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09d2e0e68bf24802" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e3be88c1e994fac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re02c663e46da487b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI Global SDG 3 Good Health UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00036F4K40</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...419 lines deleted...]
-          <x:t>27,307</x:t>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,399</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>28,433</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,516</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>