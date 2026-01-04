--- v1 (2025-11-03)
+++ v2 (2026-01-04)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd642c732fc4a4c32" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd6984e068054b92" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re02c663e46da487b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e2f0f9b59094ea0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e3be88c1e994fac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re02c663e46da487b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f9a948b43874758" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e2f0f9b59094ea0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI Global SDG 3 Good Health UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00036F4K40</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>28,516</x:t>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,808</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>