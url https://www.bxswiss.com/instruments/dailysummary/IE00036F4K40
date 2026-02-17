--- v2 (2026-01-04)
+++ v3 (2026-02-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd6984e068054b92" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re643d33e0d6944ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e2f0f9b59094ea0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0958ae61ece6463d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f9a948b43874758" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e2f0f9b59094ea0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e667dfa933a48e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0958ae61ece6463d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI Global SDG 3 Good Health UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00036F4K40</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.12.2025</x:t>
-[...257 lines deleted...]
-          <x:t>29,228</x:t>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,457</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>29,808</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,416</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>