--- v3 (2026-02-17)
+++ v4 (2026-03-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re643d33e0d6944ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18ad5f86892d4592" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0958ae61ece6463d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3178cffcea644084"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e667dfa933a48e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0958ae61ece6463d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8611ac0debe4f9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3178cffcea644084" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI Global SDG 3 Good Health UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00036F4K40</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>28,945</x:t>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,804</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>29,957</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29,891</x:t>
-[...404 lines deleted...]
-          <x:t>29,416</x:t>
+          <x:t>29,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,295</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>