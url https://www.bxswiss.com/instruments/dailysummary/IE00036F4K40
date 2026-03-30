--- v4 (2026-03-09)
+++ v5 (2026-03-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18ad5f86892d4592" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ea4a3255dd44d57" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3178cffcea644084"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2360e2e90fe4ce7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8611ac0debe4f9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3178cffcea644084" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R483e37da9382429e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2360e2e90fe4ce7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI Global SDG 3 Good Health UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00036F4K40</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,559 +149,154 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.02.2026</x:t>
-[...306 lines deleted...]
-          <x:t>30,046</x:t>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,112</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...192 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,314</x:t>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,971</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>