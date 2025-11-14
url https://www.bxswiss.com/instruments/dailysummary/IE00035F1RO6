--- v0 (2025-10-24)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fa3599f34ec49bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd7d2129e1ac4c2d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9096d10488f64859"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16459ae6c94946e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf19da2c3e754039" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9096d10488f64859" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87097810ed9c4f2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16459ae6c94946e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swisscanto IE ESGen SDG Index Equity USA UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00035F1RO6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>9,687</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,722</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...411 lines deleted...]
-          <x:t>9,617</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,790</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>