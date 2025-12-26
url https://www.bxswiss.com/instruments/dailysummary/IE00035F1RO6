--- v1 (2025-11-14)
+++ v2 (2025-12-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd7d2129e1ac4c2d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a2d5a1d63c04df9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16459ae6c94946e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79eb4b5a638d46ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87097810ed9c4f2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16459ae6c94946e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8336a144d9e74ffe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79eb4b5a638d46ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swisscanto IE ESGen SDG Index Equity USA UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00035F1RO6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...387 lines deleted...]
-          <x:t>10,137</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,070</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>10,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,169</x:t>
-[...70 lines deleted...]
-          <x:t>10,135</x:t>
+          <x:t>9,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,950</x:t>
-[...92 lines deleted...]
-          <x:t>10,073</x:t>
+          <x:t>10,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,953</x:t>
-[...31 lines deleted...]
-          <x:t>9,790</x:t>
+          <x:t>10,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,134</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>