--- v2 (2025-12-26)
+++ v3 (2026-01-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a2d5a1d63c04df9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra590d282d6ce4a2b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79eb4b5a638d46ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf69815c8b5574a72"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8336a144d9e74ffe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79eb4b5a638d46ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3138d4adb85147c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf69815c8b5574a72" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swisscanto IE ESGen SDG Index Equity USA UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00035F1RO6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...85 lines deleted...]
-          <x:t>10,171</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,152</x:t>
-[...490 lines deleted...]
-          <x:t>10,134</x:t>
+          <x:t>10,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,465</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>