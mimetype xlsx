--- v3 (2026-01-15)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra590d282d6ce4a2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R010547afaeb6465d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf69815c8b5574a72"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R069a5087c07e4839"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3138d4adb85147c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf69815c8b5574a72" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6e125b050c04ced" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R069a5087c07e4839" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swisscanto IE ESGen SDG Index Equity USA UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00035F1RO6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,073</x:t>
-[...4 lines deleted...]
-          <x:t>9,983</x:t>
+          <x:t>10,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,063</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.12.2025</x:t>
-[...90 lines deleted...]
-          <x:t>10,052</x:t>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,046</x:t>
-[...6 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>9,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,099</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>10,127</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,068</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...325 lines deleted...]
-          <x:t>10,465</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,147</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>