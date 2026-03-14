--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R010547afaeb6465d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R223f279d85cc4489" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R069a5087c07e4839"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf20926bef3fb4410"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6e125b050c04ced" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R069a5087c07e4839" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf70d1278f1754c73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf20926bef3fb4410" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swisscanto IE ESGen SDG Index Equity USA UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00035F1RO6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>10,021</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,117</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,085</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>10,012</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,063</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...192 lines deleted...]
-          <x:t>06.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,946</x:t>
-        </x:is>
-[...283 lines deleted...]
-          <x:t>10,147</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>