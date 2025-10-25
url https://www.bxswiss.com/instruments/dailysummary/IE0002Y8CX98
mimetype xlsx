--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ab3226fc10c410a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8fd52954f6646e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R954643076e8a4119"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R782b1682f06d42ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4c732f38d1d42e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R954643076e8a4119" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd356df64eed24a57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R782b1682f06d42ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Europe Defence UCITS ETF -EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0002Y8CX98</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>24,800</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,061</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>31,881</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,533</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>