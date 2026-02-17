--- v1 (2025-10-25)
+++ v2 (2026-02-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8fd52954f6646e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3dc954f4fc3e4759" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R782b1682f06d42ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc20f97feea66444d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd356df64eed24a57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R782b1682f06d42ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref4fd318bda74500" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc20f97feea66444d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Europe Defence UCITS ETF -EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0002Y8CX98</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>29,533</x:t>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,928</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>