--- v2 (2026-02-17)
+++ v3 (2026-03-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3dc954f4fc3e4759" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ac122148ba44a2e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc20f97feea66444d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63b6b3b613d649c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref4fd318bda74500" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc20f97feea66444d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5dfcd2a097df449b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63b6b3b613d649c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Europe Defence UCITS ETF -EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0002Y8CX98</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,443 +149,65 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.01.2026</x:t>
-[...80 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,033</x:t>
-[...295 lines deleted...]
-        <x:is>
           <x:t>28,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,381</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,750</x:t>
         </x:is>
       </x:c>
@@ -737,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,479</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>