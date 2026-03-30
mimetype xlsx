--- v3 (2026-03-09)
+++ v4 (2026-03-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ac122148ba44a2e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c0b54a6bc364b40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63b6b3b613d649c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31b3cc8e24984e75"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5dfcd2a097df449b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63b6b3b613d649c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68a028b27a924681" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31b3cc8e24984e75" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Europe Defence UCITS ETF -EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0002Y8CX98</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.02.2026</x:t>
-[...53 lines deleted...]
-          <x:t>09.02.2026</x:t>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,113</x:t>
-[...173 lines deleted...]
-          <x:t>18.02.2026</x:t>
+          <x:t>31,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,068</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,138</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>31,068</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>31,973</x:t>
-[...323 lines deleted...]
-          <x:t>30,479</x:t>
+          <x:t>28,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,172</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>