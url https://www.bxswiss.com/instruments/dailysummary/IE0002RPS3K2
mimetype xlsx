--- v0 (2025-10-24)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69ba56b1706241c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00fb3be2617849e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R872b7f32b7dd4308"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R564917805df846b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe7ddd896cb645d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R872b7f32b7dd4308" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11f149e8fda3407c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R564917805df846b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Hydrogen UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0002RPS3K2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,613 +149,208 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...301 lines deleted...]
-          <x:t>7,719</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,736</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...251 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,388</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,506</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>