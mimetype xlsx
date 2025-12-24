--- v1 (2025-11-14)
+++ v2 (2025-12-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00fb3be2617849e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcf13024b1aa4bae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R564917805df846b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9638e37222e244fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11f149e8fda3407c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R564917805df846b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc76187cd9c0c4e0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9638e37222e244fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Hydrogen UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0002RPS3K2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>7,506</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,034</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>