--- v2 (2025-12-24)
+++ v3 (2026-01-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcf13024b1aa4bae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a2adaae6bd34270" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9638e37222e244fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc4caa32bae7456b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc76187cd9c0c4e0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9638e37222e244fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R181ae57f366441c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc4caa32bae7456b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Hydrogen UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0002RPS3K2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,419</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,131</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>