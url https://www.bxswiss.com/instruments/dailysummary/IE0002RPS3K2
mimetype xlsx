--- v3 (2026-01-14)
+++ v4 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a2adaae6bd34270" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1580edfef9a648a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc4caa32bae7456b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c1c79722a12491a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R181ae57f366441c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc4caa32bae7456b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a8227e82f134747" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c1c79722a12491a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Hydrogen UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0002RPS3K2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...296 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,630</x:t>
-[...75 lines deleted...]
-          <x:t>6,757</x:t>
+          <x:t>6,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,910</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>7,131</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,099</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>