--- v4 (2026-02-23)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1580edfef9a648a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0aef4d3fd75a4b10" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c1c79722a12491a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f4ce9f5e1914eaf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a8227e82f134747" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c1c79722a12491a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2a8a0e8c8754413" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f4ce9f5e1914eaf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Hydrogen UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0002RPS3K2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,493</x:t>
-[...409 lines deleted...]
-          <x:t>6,585</x:t>
+          <x:t>7,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,805</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>7,099</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,552</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>