--- v0 (2025-10-15)
+++ v1 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c6c37e4e1cd4c95" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74c90a619f6c4f35" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92484bdb081247cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd338ef259cb9482c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R003fc557c3834e88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92484bdb081247cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d30708887804afe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd338ef259cb9482c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X S&amp;P 500 Covered Call UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0002L5QB31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>11,990</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,429</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>