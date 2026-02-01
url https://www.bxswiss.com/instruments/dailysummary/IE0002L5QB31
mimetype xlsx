--- v1 (2026-01-07)
+++ v2 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74c90a619f6c4f35" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba92e687a2994fb0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd338ef259cb9482c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R907262d79061436a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d30708887804afe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd338ef259cb9482c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0ccde997aa44b7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R907262d79061436a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X S&amp;P 500 Covered Call UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0002L5QB31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>12,366</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,404</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...134 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,268</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...227 lines deleted...]
-          <x:t>12,429</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,899</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>