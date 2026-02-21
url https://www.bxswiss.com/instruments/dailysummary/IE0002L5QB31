--- v2 (2026-02-01)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba92e687a2994fb0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45566abf98b740ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R907262d79061436a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8113e97f6274b85"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0ccde997aa44b7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R907262d79061436a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f6d838158914e1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8113e97f6274b85" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X S&amp;P 500 Covered Call UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0002L5QB31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,389 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...274 lines deleted...]
-          <x:t>12,350</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,274</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>12,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,248</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,382</x:t>
         </x:is>
       </x:c>
@@ -683,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,874</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,036</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>