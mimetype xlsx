--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R145d8bf92c6d40d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75bc53158bc54977" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21d1a28a97d6400f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd06064ec633145ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77a128afadbd4398" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21d1a28a97d6400f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1f56b24ec724ef5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd06064ec633145ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Janus Henderson Pan European High Conviction Equity UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0002A3VE77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,583 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>12,002</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,945</x:t>
-[...273 lines deleted...]
-        <x:is>
           <x:t>12,081</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,055</x:t>
         </x:is>
       </x:c>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,468</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,690</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>