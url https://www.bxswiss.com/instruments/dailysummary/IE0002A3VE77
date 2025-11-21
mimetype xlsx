--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75bc53158bc54977" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9601fdd790d5418f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd06064ec633145ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f9af3c3a6754584"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1f56b24ec724ef5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd06064ec633145ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3af7b74bd2444b8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f9af3c3a6754584" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Janus Henderson Pan European High Conviction Equity UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0002A3VE77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>12,386</x:t>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,343</x:t>
-[...92 lines deleted...]
-          <x:t>10.10.2025</x:t>
+          <x:t>12,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,551</x:t>
-[...193 lines deleted...]
-          <x:t>12,544</x:t>
+          <x:t>12,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,590</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>12,690</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,621</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>