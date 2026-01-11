--- v2 (2025-11-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9601fdd790d5418f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78c01167d1004bc1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f9af3c3a6754584"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2e9e44de9f5428c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3af7b74bd2444b8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f9af3c3a6754584" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R185cde5905924992" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2e9e44de9f5428c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Janus Henderson Pan European High Conviction Equity UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0002A3VE77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...215 lines deleted...]
-          <x:t>30.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,708</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...180 lines deleted...]
-          <x:t>10.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,808</x:t>
-[...4 lines deleted...]
-          <x:t>12,694</x:t>
+          <x:t>12,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,799</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>12,621</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,289</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>