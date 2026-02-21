--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78c01167d1004bc1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c30ae974bb146ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2e9e44de9f5428c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea4f998ee3904569"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R185cde5905924992" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2e9e44de9f5428c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fcf45cbe6d149ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea4f998ee3904569" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Janus Henderson Pan European High Conviction Equity UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0002A3VE77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...301 lines deleted...]
-          <x:t>12,810</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,799</x:t>
-[...139 lines deleted...]
-          <x:t>13,289</x:t>
+          <x:t>12,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,066</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>