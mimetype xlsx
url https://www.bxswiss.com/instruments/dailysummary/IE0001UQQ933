--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R738ffce8fe804416" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e3ea084e8504e26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01e38936b7b54a31"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb88c9f1a23f447e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf84528115d44f51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01e38936b7b54a31" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e7d9bee8fdd4b78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb88c9f1a23f447e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>L&amp;G Gerd Kommer Multifactor Equity UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0001UQQ933</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>11,577</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,531</x:t>
-[...21 lines deleted...]
-          <x:t>11,663</x:t>
+          <x:t>11,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,594</x:t>
-[...124 lines deleted...]
-          <x:t>11,669</x:t>
+          <x:t>11,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,595</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>11,649</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,676</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,599</x:t>
-[...200 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>11,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,800</x:t>
-[...43 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>11,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,899</x:t>
-[...9 lines deleted...]
-          <x:t>11,824</x:t>
+          <x:t>11,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,930</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>