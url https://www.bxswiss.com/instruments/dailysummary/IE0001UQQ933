--- v1 (2025-10-31)
+++ v2 (2026-01-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e3ea084e8504e26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bfa91f2f54041dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb88c9f1a23f447e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10557d95a7da43e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e7d9bee8fdd4b78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb88c9f1a23f447e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14a00446ce3644f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10557d95a7da43e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>L&amp;G Gerd Kommer Multifactor Equity UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0001UQQ933</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...198 lines deleted...]
-          <x:t>11,895</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,889</x:t>
-[...362 lines deleted...]
-          <x:t>11,854</x:t>
+          <x:t>11,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,984</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>11,930</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,021</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>