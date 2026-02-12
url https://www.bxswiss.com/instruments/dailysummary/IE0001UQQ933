--- v2 (2026-01-02)
+++ v3 (2026-02-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bfa91f2f54041dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb948d885e350428e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10557d95a7da43e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R792514b8291448e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14a00446ce3644f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10557d95a7da43e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6488617f2d984a7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R792514b8291448e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>L&amp;G Gerd Kommer Multifactor Equity UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0001UQQ933</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>11,870</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,823</x:t>
-[...178 lines deleted...]
-          <x:t>12,031</x:t>
+          <x:t>12,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,945</x:t>
-[...301 lines deleted...]
-          <x:t>12,021</x:t>
+          <x:t>12,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,393</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>