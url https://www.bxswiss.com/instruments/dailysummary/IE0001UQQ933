--- v3 (2026-02-12)
+++ v4 (2026-03-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb948d885e350428e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb66bebaaab54f50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R792514b8291448e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1810cc731b14be3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6488617f2d984a7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R792514b8291448e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R506334e19cb4496c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1810cc731b14be3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>L&amp;G Gerd Kommer Multifactor Equity UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0001UQQ933</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,419</x:t>
-[...264 lines deleted...]
-          <x:t>12,229</x:t>
+          <x:t>12,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,292</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>12,174</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,228</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>12,393</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,007</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>