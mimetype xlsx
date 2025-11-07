--- v0 (2025-10-16)
+++ v1 (2025-11-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2a9f327edba4c68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4e559fbd49a47c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf1bf99432c94b3b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04db136435134d31"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R087bb258a3bd4669" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf1bf99432c94b3b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66ef802d19d84b8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04db136435134d31" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Circular Economy UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0001J5A2T9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>20,365</x:t>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,456</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...305 lines deleted...]
-          <x:t>20,524</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,463</x:t>
-[...112 lines deleted...]
-          <x:t>20,409</x:t>
+          <x:t>20,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,779</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>