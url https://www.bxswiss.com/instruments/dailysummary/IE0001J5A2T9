--- v1 (2025-11-07)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4e559fbd49a47c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R344863308d994238" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04db136435134d31"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66387f1912ea4695"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66ef802d19d84b8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04db136435134d31" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re719cc2b648e4713" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66387f1912ea4695" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Circular Economy UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0001J5A2T9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>20,506</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,391</x:t>
-[...75 lines deleted...]
-          <x:t>21,079</x:t>
+          <x:t>20,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,596</x:t>
-[...539 lines deleted...]
-          <x:t>19,779</x:t>
+          <x:t>20,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,617</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>