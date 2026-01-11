--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R344863308d994238" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53274ccc5ab04a03" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66387f1912ea4695"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2243ba3ff89f422e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re719cc2b648e4713" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66387f1912ea4695" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2226baad55db481f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2243ba3ff89f422e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Circular Economy UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0001J5A2T9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...149 lines deleted...]
-          <x:t>20,405</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,573</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>20,727</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,540</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>20,448</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,717</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>20,776</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,926</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...276 lines deleted...]
-          <x:t>20,617</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,689</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>