--- v3 (2026-01-11)
+++ v4 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53274ccc5ab04a03" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc52c4124d8ae4689" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2243ba3ff89f422e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03854ee393004d3d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2226baad55db481f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2243ba3ff89f422e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb2e51d3552548bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03854ee393004d3d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Circular Economy UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0001J5A2T9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,365 +149,68 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...95 lines deleted...]
-          <x:t>20,619</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,705</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...209 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,811</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,723</x:t>
@@ -602,31 +305,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,476</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>