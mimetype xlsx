--- v4 (2026-01-31)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc52c4124d8ae4689" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc2ac41bb4f5475d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03854ee393004d3d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6046e6a6bed94341"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb2e51d3552548bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03854ee393004d3d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea37de1cde0f4310" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6046e6a6bed94341" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Circular Economy UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0001J5A2T9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...279 lines deleted...]
-          <x:t>22,151</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,937</x:t>
-[...65 lines deleted...]
-          <x:t>21,514</x:t>
+          <x:t>22,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,292</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>22,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,948</x:t>
-[...139 lines deleted...]
-          <x:t>21,476</x:t>
+          <x:t>21,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,822</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>