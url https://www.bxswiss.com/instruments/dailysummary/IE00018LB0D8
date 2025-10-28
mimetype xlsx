--- v0 (2025-10-06)
+++ v1 (2025-10-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8082ac19d50d4052" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c5dc04c9c644eb1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bbc6512485441c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R355e2ac9323c4067"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28763cb5d9374dae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bbc6512485441c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17ee2016fc5a48cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R355e2ac9323c4067" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco S&amp;P World Financials ESG UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00018LB0D8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>6,782</x:t>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,696</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>6,649</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,626</x:t>
-[...330 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>6,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,647</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...173 lines deleted...]
-          <x:t>6,711</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,686</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>