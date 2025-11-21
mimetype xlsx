--- v1 (2025-10-28)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c5dc04c9c644eb1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d89bd50a7124229" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R355e2ac9323c4067"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd76a9d1b325645a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17ee2016fc5a48cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R355e2ac9323c4067" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53b879d0c2a74636" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd76a9d1b325645a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco S&amp;P World Financials ESG UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00018LB0D8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>6,712</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,647</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>6,712</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,719</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...148 lines deleted...]
-          <x:t>07.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,745</x:t>
-[...345 lines deleted...]
-          <x:t>6,607</x:t>
+          <x:t>6,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,564</x:t>
-[...31 lines deleted...]
-          <x:t>6,686</x:t>
+          <x:t>6,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,593</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>