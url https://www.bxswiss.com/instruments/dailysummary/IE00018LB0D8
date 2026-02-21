--- v2 (2025-11-21)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d89bd50a7124229" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f23e79ff6354e68" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd76a9d1b325645a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74f85a5fb6c64de8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53b879d0c2a74636" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd76a9d1b325645a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R352d62cf50be4c79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74f85a5fb6c64de8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco S&amp;P World Financials ESG UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00018LB0D8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...274 lines deleted...]
-          <x:t>6,679</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,704</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,723</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>06.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,764</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>6,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,717</x:t>
-[...139 lines deleted...]
-          <x:t>6,593</x:t>
+          <x:t>6,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,862</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>