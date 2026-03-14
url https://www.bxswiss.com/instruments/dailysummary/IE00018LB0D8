--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f23e79ff6354e68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa85cb009de541e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74f85a5fb6c64de8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56c424e58c9a4c57"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R352d62cf50be4c79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74f85a5fb6c64de8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40ea6e5d572240b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56c424e58c9a4c57" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco S&amp;P World Financials ESG UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00018LB0D8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...95 lines deleted...]
-          <x:t>6,927</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,945</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...364 lines deleted...]
-          <x:t>6,901</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,755</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>6,669</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,702</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>6,862</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,503</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>