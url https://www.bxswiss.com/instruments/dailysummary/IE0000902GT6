--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7783b10a81ee4f15" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05b608b70c534632" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6ed0084510b4219"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36e73491daeb48f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc343c36282644391" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6ed0084510b4219" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff3efca1a0124fbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36e73491daeb48f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Megatrends UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0000902GT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,369</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,559</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>