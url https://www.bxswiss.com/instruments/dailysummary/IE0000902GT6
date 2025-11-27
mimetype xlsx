--- v1 (2025-10-31)
+++ v2 (2025-11-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05b608b70c534632" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bdf315fdc094e8f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36e73491daeb48f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c880ce605224c8c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff3efca1a0124fbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36e73491daeb48f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e0894e304294beb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c880ce605224c8c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Megatrends UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0000902GT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...387 lines deleted...]
-          <x:t>30,213</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,958</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29,762</x:t>
-[...242 lines deleted...]
-          <x:t>31,559</x:t>
+          <x:t>28,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,297</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>