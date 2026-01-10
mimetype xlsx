--- v2 (2025-11-27)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bdf315fdc094e8f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ace03ddd4714924" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c880ce605224c8c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc28933e5a884e00"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e0894e304294beb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c880ce605224c8c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4330d56b190417e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc28933e5a884e00" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Megatrends UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0000902GT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...284 lines deleted...]
-          <x:t>30,923</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,976</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.11.2025</x:t>
-[...343 lines deleted...]
-          <x:t>29,297</x:t>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,216</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>