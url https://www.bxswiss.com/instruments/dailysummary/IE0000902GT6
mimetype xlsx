--- v3 (2026-01-10)
+++ v4 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ace03ddd4714924" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R096b16681a6143cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc28933e5a884e00"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a1270857da34cec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4330d56b190417e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc28933e5a884e00" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R048ca1d6d5ec4d1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a1270857da34cec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Megatrends UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0000902GT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,976</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,285</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>