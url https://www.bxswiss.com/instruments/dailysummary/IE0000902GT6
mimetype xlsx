--- v4 (2026-02-06)
+++ v5 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R096b16681a6143cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f088102e99e451b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a1270857da34cec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb8c197dc5f5424d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R048ca1d6d5ec4d1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a1270857da34cec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R260959e534824c90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb8c197dc5f5424d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Megatrends UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0000902GT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,546 +149,141 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...269 lines deleted...]
-          <x:t>19.01.2026</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,778</x:t>
-[...214 lines deleted...]
-        <x:is>
           <x:t>32,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,723</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,643</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,358</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>