--- v5 (2026-02-26)
+++ v6 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f088102e99e451b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad0bb1a643294ae0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb8c197dc5f5424d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37869c8732c24ac4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R260959e534824c90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb8c197dc5f5424d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2ef1c625b7748ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37869c8732c24ac4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Megatrends UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0000902GT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...90 lines deleted...]
-          <x:t>32,633</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>31,723</x:t>
-[...512 lines deleted...]
-          <x:t>32,358</x:t>
+          <x:t>30,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,869</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>