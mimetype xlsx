--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R028b8b36d4814304" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84717da3520e4386" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R708a1902cb5b4955"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60d6f4f9be574e2f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb13cd96d573446c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R708a1902cb5b4955" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62d8bfa997014367" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60d6f4f9be574e2f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Leverage Shares -3x Short Ethereum ETH ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BTWSDR23</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,168 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...116 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,788</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,355</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -504,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,104</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>