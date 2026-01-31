--- v1 (2026-01-10)
+++ v2 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84717da3520e4386" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6ea77b295574fef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60d6f4f9be574e2f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R841ca71770ca498c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62d8bfa997014367" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60d6f4f9be574e2f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19ab258efb694702" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R841ca71770ca498c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Leverage Shares -3x Short Ethereum ETH ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BTWSDR23</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,731</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +305,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,921</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>