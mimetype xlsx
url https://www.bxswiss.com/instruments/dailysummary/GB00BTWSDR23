--- v2 (2026-01-31)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6ea77b295574fef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99ed808bea404940" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R841ca71770ca498c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddd3a84e6b294422"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19ab258efb694702" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R841ca71770ca498c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5cbd4eb2a2f42b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddd3a84e6b294422" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Leverage Shares -3x Short Ethereum ETH ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BTWSDR23</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,201</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -710,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,273</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>