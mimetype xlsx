--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99ed808bea404940" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc18d5d9147b4210" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddd3a84e6b294422"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f2481b0e1974490"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5cbd4eb2a2f42b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddd3a84e6b294422" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bc14d7562f1434e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f2481b0e1974490" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Leverage Shares -3x Short Ethereum ETH ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BTWSDR23</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,676</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,779</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,368</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>