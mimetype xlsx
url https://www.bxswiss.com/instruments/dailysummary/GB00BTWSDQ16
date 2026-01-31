--- v0 (2026-01-10)
+++ v1 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R611e3dd48e1040b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1dd460b093c84beb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9daab15200ee4cbd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R226cbe73e00147ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22428b01195b459b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9daab15200ee4cbd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f9bd020a92842af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R226cbe73e00147ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Leverage Shares 3x Long Ethereum ETH ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BTWSDQ16</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,009</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +305,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,855</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>