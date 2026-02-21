--- v1 (2026-01-31)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1dd460b093c84beb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0d60dfee8bf46c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R226cbe73e00147ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff06cb20ac714a15"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f9bd020a92842af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R226cbe73e00147ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6b5379cd18a4971" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff06cb20ac714a15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Leverage Shares 3x Long Ethereum ETH ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BTWSDQ16</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,580</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -710,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,978</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,145</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>