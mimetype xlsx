--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R778fc996b6ec446b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc28b707f02784f1c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdce8ac947e2c477f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra683772b807d45fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69aec381b42e4837" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdce8ac947e2c477f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8eb8df7fdefc420e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra683772b807d45fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Leverage Shares -3x Short Bitcoin BTC ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BTWSDP09</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,188 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...136 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,628</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -524,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,965</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>