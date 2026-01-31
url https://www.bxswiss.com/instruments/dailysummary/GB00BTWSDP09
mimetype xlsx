--- v1 (2026-01-10)
+++ v2 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc28b707f02784f1c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a33699d93184525" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra683772b807d45fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44ec45850ea149d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8eb8df7fdefc420e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra683772b807d45fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e340dc5b8ab4502" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44ec45850ea149d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Leverage Shares -3x Short Bitcoin BTC ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BTWSDP09</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,748</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +305,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,778</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>