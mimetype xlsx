--- v2 (2026-01-31)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a33699d93184525" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref71a97afd7e4a4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44ec45850ea149d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f5e1bdaf2814ed9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e340dc5b8ab4502" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44ec45850ea149d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b153978b9ef4e4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f5e1bdaf2814ed9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Leverage Shares -3x Short Bitcoin BTC ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BTWSDP09</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,433</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -710,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,445</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>