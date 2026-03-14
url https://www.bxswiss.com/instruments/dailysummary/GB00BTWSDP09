--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref71a97afd7e4a4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6e3c5536b75422f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f5e1bdaf2814ed9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81743714f0924974"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b153978b9ef4e4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f5e1bdaf2814ed9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57c25d0f6ced4c46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81743714f0924974" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Leverage Shares -3x Short Bitcoin BTC ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BTWSDP09</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,804</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,554</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,873</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>