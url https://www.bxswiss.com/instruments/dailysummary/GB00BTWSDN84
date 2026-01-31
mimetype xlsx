--- v0 (2026-01-10)
+++ v1 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22c0f71e3da04410" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddb55104026b4f91" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e835e04830e4d6f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c461497cbe04099"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red9fd09e40f94390" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e835e04830e4d6f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e03554ae74743ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c461497cbe04099" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Leverage Shares 3x Long Bitcoin BTC ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BTWSDN84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,799</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +305,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,942</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,741</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>