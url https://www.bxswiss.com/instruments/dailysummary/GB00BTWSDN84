--- v1 (2026-01-31)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddb55104026b4f91" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R363fa719d3b74402" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c461497cbe04099"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c452be14b4c489e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e03554ae74743ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c461497cbe04099" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc513c48e413445f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c452be14b4c489e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Leverage Shares 3x Long Bitcoin BTC ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BTWSDN84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,314</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -710,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,756</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>