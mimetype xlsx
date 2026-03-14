--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R363fa719d3b74402" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refb64294904b4d23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c452be14b4c489e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4b80f57430e4531"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc513c48e413445f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c452be14b4c489e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54c8eea8d90348fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4b80f57430e4531" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Leverage Shares 3x Long Bitcoin BTC ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BTWSDN84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...225 lines deleted...]
-          <x:t>20,852</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19,069</x:t>
-[...377 lines deleted...]
-          <x:t>10,756</x:t>
+          <x:t>13,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>