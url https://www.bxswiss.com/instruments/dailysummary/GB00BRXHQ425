--- v0 (2025-10-31)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0090b4f19d034ab0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8664292e0c8147b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R237971a6cd514c7d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c5f354d4a6349cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b2f13eb29d14321" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R237971a6cd514c7d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c148f49b0cc4414" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c5f354d4a6349cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Physical XRP ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BRXHQ425</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>78,583</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,775</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>