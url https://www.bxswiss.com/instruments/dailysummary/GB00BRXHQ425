--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8664292e0c8147b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e290b7e99214073" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c5f354d4a6349cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb478ea0d002542fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c148f49b0cc4414" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c5f354d4a6349cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0d3458d75674fd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb478ea0d002542fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Physical XRP ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BRXHQ425</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,168</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,672</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>