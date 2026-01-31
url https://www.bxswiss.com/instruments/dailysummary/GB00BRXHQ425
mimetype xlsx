--- v2 (2026-01-11)
+++ v3 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e290b7e99214073" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4276e2864ba4c19" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb478ea0d002542fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37d24cd8b5de421b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0d3458d75674fd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb478ea0d002542fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d15de6fe5124c15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37d24cd8b5de421b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Physical XRP ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BRXHQ425</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>66,739</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>65,692</x:t>
-[...436 lines deleted...]
-          <x:t>67,672</x:t>
+          <x:t>68,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,962</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>