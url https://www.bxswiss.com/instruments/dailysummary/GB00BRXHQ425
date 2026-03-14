--- v3 (2026-01-31)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4276e2864ba4c19" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77fb80b1786f4f0f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37d24cd8b5de421b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb1f9ccfb8914552"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d15de6fe5124c15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37d24cd8b5de421b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc261c8198dd3419c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb1f9ccfb8914552" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Physical XRP ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BRXHQ425</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...559 lines deleted...]
-          <x:t>53,962</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,093</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>