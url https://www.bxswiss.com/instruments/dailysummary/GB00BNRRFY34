--- v0 (2025-10-14)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R707bc43bfda64afa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7507eb91766049dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e0bdce3c38d4b34"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0097406532904c33"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3c2475659e142c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e0bdce3c38d4b34" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac5beb5ca32f45ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0097406532904c33" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CoinShares Physical Staked Solana ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BNRRFY34</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>17,459</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,208</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>