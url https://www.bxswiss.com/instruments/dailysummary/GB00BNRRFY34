--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7507eb91766049dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09a67540c6cf430d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0097406532904c33"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cd6732795f44711"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac5beb5ca32f45ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0097406532904c33" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80dbae30547c449d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cd6732795f44711" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CoinShares Physical Staked Solana ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BNRRFY34</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...112 lines deleted...]
-          <x:t>11,732</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,547</x:t>
-[...517 lines deleted...]
-          <x:t>11,208</x:t>
+          <x:t>12,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,511</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>