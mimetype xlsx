--- v2 (2026-01-11)
+++ v3 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09a67540c6cf430d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2293401a36704368" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cd6732795f44711"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d64045e811e4cc9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80dbae30547c449d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cd6732795f44711" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ff50e31f5c1452e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d64045e811e4cc9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CoinShares Physical Staked Solana ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BNRRFY34</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...166 lines deleted...]
-          <x:t>10,902</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,450</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,212</x:t>
-[...269 lines deleted...]
-          <x:t>12,511</x:t>
+          <x:t>11,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,125</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>