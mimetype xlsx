--- v3 (2026-01-31)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2293401a36704368" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R856b4271c4a44d61" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d64045e811e4cc9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R944798ab20f5464c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ff50e31f5c1452e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d64045e811e4cc9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24c284adbb0d4d76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R944798ab20f5464c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CoinShares Physical Staked Solana ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BNRRFY34</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,277</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -710,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,312</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>