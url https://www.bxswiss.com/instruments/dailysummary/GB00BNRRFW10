--- v0 (2025-10-14)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R376284090e7f4f40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02c06b65cb8a42a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R036e491e24384fc1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4e1a93b92b24d29"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab732189683647d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R036e491e24384fc1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea6fac8bfe034253" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4e1a93b92b24d29" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CoinShares Physical Staked Polkadot ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BNRRFW10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>3,042</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,782</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>