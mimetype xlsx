--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02c06b65cb8a42a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf747834e04b44f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4e1a93b92b24d29"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a00bbe9045b4bfc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea6fac8bfe034253" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4e1a93b92b24d29" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca300cfe47ff4ed4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a00bbe9045b4bfc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CoinShares Physical Staked Polkadot ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BNRRFW10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,475 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...355 lines deleted...]
-          <x:t>2,071</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,058</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>2,161</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,928</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,056</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>