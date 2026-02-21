--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf747834e04b44f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc013c52ca74348ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a00bbe9045b4bfc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69697fd698524466"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca300cfe47ff4ed4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a00bbe9045b4bfc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fa1098bdb5e4bf1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69697fd698524466" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CoinShares Physical Staked Polkadot ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BNRRFW10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>1,989</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,896</x:t>
-[...232 lines deleted...]
-          <x:t>1,756</x:t>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,738</x:t>
-[...134 lines deleted...]
-          <x:t>2,056</x:t>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>