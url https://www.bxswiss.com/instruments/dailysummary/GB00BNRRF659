--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3649c1db2a3f4512" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cd88f1736d24070" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdae08af70f824c0b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c2a001b413b403b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58bdb0b366a74ed3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdae08af70f824c0b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64b3385b41704412" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c2a001b413b403b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CoinShares Physical Staked Cardano ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BNRRF659</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>02.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,715</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>0,701</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,715</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>0,721</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,705</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>0,709</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,716</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>0,737</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>