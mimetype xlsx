--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cd88f1736d24070" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13ea51574a2e4d4d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c2a001b413b403b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ad2b69ad0004570"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64b3385b41704412" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c2a001b413b403b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0c2c577d58244f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ad2b69ad0004570" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CoinShares Physical Staked Cardano ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BNRRF659</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,625</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>