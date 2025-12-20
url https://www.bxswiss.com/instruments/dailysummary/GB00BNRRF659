--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13ea51574a2e4d4d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4803806b606d4f1f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ad2b69ad0004570"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf366051f9bc641b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0c2c577d58244f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ad2b69ad0004570" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9f96528360d402f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf366051f9bc641b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CoinShares Physical Staked Cardano ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BNRRF659</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>0,474</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>