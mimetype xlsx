--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4803806b606d4f1f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4b06674838945aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf366051f9bc641b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0bee2ba11594258"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9f96528360d402f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf366051f9bc641b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R937b5cac1be74712" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0bee2ba11594258" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CoinShares Physical Staked Cardano ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BNRRF659</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,419</x:t>
-[...70 lines deleted...]
-          <x:t>21.11.2025</x:t>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,358</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,341</x:t>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,354</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...177 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,376</x:t>
-[...209 lines deleted...]
-        <x:is>
           <x:t>0,351</x:t>
-        </x:is>
-[...138 lines deleted...]
-          <x:t>0,327</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>