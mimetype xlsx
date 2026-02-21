--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4b06674838945aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R076992bb96c648b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0bee2ba11594258"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e7fe00e2f8a4a10"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R937b5cac1be74712" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0bee2ba11594258" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50689d02cc894df9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e7fe00e2f8a4a10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CoinShares Physical Staked Cardano ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BNRRF659</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...161 lines deleted...]
-          <x:t>18.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,329</x:t>
-[...26 lines deleted...]
-          <x:t>0,330</x:t>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,327</x:t>
-[...48 lines deleted...]
-          <x:t>0,306</x:t>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,313</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>0,310</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,311</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,303</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>0,351</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>