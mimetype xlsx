--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R076992bb96c648b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe12d3a66b4040ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e7fe00e2f8a4a10"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b683e638c5c44c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50689d02cc894df9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e7fe00e2f8a4a10" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3f032e257194185" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b683e638c5c44c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CoinShares Physical Staked Cardano ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BNRRF659</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...215 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,259</x:t>
-[...26 lines deleted...]
-          <x:t>0,259</x:t>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,253</x:t>
-[...21 lines deleted...]
-          <x:t>0,241</x:t>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,244</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>0,242</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,226</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.02.2026</x:t>
-[...166 lines deleted...]
-          <x:t>0,237</x:t>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,234</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>0,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,239</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>0,236</x:t>
-        </x:is>
-[...57 lines deleted...]
-          <x:t>0,246</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>