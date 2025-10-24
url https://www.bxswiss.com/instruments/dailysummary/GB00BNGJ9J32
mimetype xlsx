--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79985a27a3bb44d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab9b05c3d5454988" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5de4267c8b0b4c23"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R494044820eb54017"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4ed37b154be4f64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5de4267c8b0b4c23" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d47bedaf9044073" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R494044820eb54017" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Physical Cardano ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BNGJ9J32</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>03.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,193</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>8,339</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>8,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>8,092</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>8,443</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,336</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>