--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab9b05c3d5454988" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde8ea2bc2d314e72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R494044820eb54017"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a649813c3b94d72"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d47bedaf9044073" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R494044820eb54017" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32a8e11acc2f4fd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a649813c3b94d72" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Physical Cardano ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BNGJ9J32</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,045</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>