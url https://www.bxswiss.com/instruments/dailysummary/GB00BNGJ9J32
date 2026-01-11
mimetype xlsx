--- v2 (2025-11-14)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde8ea2bc2d314e72" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb782e2a2a07440e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a649813c3b94d72"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R154e2ffb5b1d4a3b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32a8e11acc2f4fd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a649813c3b94d72" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdafa22e5d53e4fad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R154e2ffb5b1d4a3b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Physical Cardano ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BNGJ9J32</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>5,345</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,951</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>