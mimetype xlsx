--- v3 (2026-01-11)
+++ v4 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb782e2a2a07440e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2f0be813fb4480a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R154e2ffb5b1d4a3b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5a82e9bda2749dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdafa22e5d53e4fad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R154e2ffb5b1d4a3b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcded674337a543f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5a82e9bda2749dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Physical Cardano ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BNGJ9J32</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...161 lines deleted...]
-          <x:t>18.12.2025</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,706</x:t>
-[...124 lines deleted...]
-          <x:t>30.12.2025</x:t>
+          <x:t>3,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,463</x:t>
-[...144 lines deleted...]
-          <x:t>3,951</x:t>
+          <x:t>3,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,097</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>