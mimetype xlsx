--- v4 (2026-01-31)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2f0be813fb4480a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2cfb669637f49d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5a82e9bda2749dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34cb13420c8e476f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcded674337a543f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5a82e9bda2749dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c22fa2a942941ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34cb13420c8e476f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Physical Cardano ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BNGJ9J32</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,559 +149,235 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,463</x:t>
-[...350 lines deleted...]
-          <x:t>3,548</x:t>
+          <x:t>3,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,402</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...138 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,133</x:t>
@@ -710,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,764</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>