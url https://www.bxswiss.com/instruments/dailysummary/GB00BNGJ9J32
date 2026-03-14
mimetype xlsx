--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2cfb669637f49d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re489b77bdd154f42" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34cb13420c8e476f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a1273bf73f2447b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c22fa2a942941ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34cb13420c8e476f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1487679b78cb42c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a1273bf73f2447b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Physical Cardano ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BNGJ9J32</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...333 lines deleted...]
-          <x:t>2,714</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,540</x:t>
-[...38 lines deleted...]
-          <x:t>2,562</x:t>
+          <x:t>2,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,535</x:t>
-[...65 lines deleted...]
-          <x:t>2,497</x:t>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,444</x:t>
-[...166 lines deleted...]
-          <x:t>2,764</x:t>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,648</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>