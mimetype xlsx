--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40b9f31cf1bb431a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac33ff2686c14f25" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff8222519b074ee6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ed279c8cb8e4d60"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24eb929919404fa0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff8222519b074ee6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea0e5beaf2c147f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ed279c8cb8e4d60" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Physical Polkadot ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BNGJ9H18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,762</x:t>
-[...48 lines deleted...]
-          <x:t>1,844</x:t>
+          <x:t>1,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,881</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...158 lines deleted...]
-          <x:t>1,889</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,852</x:t>
-[...323 lines deleted...]
-          <x:t>1,926</x:t>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>