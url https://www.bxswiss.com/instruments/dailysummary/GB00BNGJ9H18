--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac33ff2686c14f25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb00ed9eb17274d72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ed279c8cb8e4d60"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a6e102a1d6f46f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea0e5beaf2c147f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ed279c8cb8e4d60" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20f114bd6a824546" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a6e102a1d6f46f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Physical Polkadot ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BNGJ9H18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,435</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>