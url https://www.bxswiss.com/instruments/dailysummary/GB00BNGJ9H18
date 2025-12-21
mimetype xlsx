--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb00ed9eb17274d72" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdaa90c982e840ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a6e102a1d6f46f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77936184fa6e4f16"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20f114bd6a824546" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a6e102a1d6f46f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b94e9c4fe784234" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77936184fa6e4f16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Physical Polkadot ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BNGJ9H18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1,289</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>