--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdaa90c982e840ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ce44690476a4cbf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77936184fa6e4f16"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f550588c3ab471b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b94e9c4fe784234" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77936184fa6e4f16" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R084521878d1c41c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f550588c3ab471b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Physical Polkadot ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BNGJ9H18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...215 lines deleted...]
-          <x:t>01.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,934</x:t>
-[...124 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,990</x:t>
-[...16 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,963</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1,062</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,060</x:t>
-[...215 lines deleted...]
-          <x:t>0,833</x:t>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>