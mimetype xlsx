--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ce44690476a4cbf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46b670bce5c14e97" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f550588c3ab471b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8b8a64367ee4daf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R084521878d1c41c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f550588c3ab471b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98632bb3e2854481" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8b8a64367ee4daf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Physical Polkadot ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BNGJ9H18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...107 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,873</x:t>
-[...26 lines deleted...]
-          <x:t>0,877</x:t>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,819</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,846</x:t>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,802</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,828</x:t>
-[...269 lines deleted...]
-          <x:t>0,958</x:t>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>