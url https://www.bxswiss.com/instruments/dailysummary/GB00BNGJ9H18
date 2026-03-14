--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46b670bce5c14e97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47cd58078d2e4d70" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8b8a64367ee4daf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7a516b01a22474c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98632bb3e2854481" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8b8a64367ee4daf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5d1e3c8988743f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7a516b01a22474c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Physical Polkadot ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BNGJ9H18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...242 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,693</x:t>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,691</x:t>
-[...6 lines deleted...]
-          <x:t>03.02.2026</x:t>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,677</x:t>
-[...21 lines deleted...]
-          <x:t>0,665</x:t>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,628</x:t>
-[...328 lines deleted...]
-          <x:t>0,590</x:t>
+          <x:t>0,669</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>