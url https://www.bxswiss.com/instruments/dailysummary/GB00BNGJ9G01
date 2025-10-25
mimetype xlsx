--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bba8cd1316c4fe5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbddb5f7161fc4f79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcea60b774474563"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d60f7dec91c4d36"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ad9bb92a33d4d90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcea60b774474563" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9fdced1e20a4c85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d60f7dec91c4d36" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Physical Solana ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BNGJ9G01</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>22,871</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,373</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...413 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,995</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,715</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>