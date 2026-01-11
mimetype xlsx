--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbddb5f7161fc4f79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b48639d08264f0f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d60f7dec91c4d36"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1e408dc64204275"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9fdced1e20a4c85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d60f7dec91c4d36" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b28f609c0a1470d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1e408dc64204275" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Physical Solana ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BNGJ9G01</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>20,715</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,441</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>