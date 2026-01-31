--- v2 (2026-01-11)
+++ v3 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b48639d08264f0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7e77887084b474c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1e408dc64204275"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99461d03ba074751"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b28f609c0a1470d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1e408dc64204275" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R168e3e07356e4921" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99461d03ba074751" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Physical Solana ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BNGJ9G01</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...274 lines deleted...]
-          <x:t>13,895</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,309</x:t>
-[...166 lines deleted...]
-          <x:t>15,441</x:t>
+          <x:t>14,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,492</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>