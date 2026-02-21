--- v3 (2026-01-31)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7e77887084b474c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfaa0b892bb9c434b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99461d03ba074751"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbda7f2b848f848bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R168e3e07356e4921" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99461d03ba074751" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80edd732509f4bcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbda7f2b848f848bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Physical Solana ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BNGJ9G01</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,910</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -710,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,030</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>