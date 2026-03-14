--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfaa0b892bb9c434b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde15b27fe83f473b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbda7f2b848f848bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce428da7cf4f4cdf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80edd732509f4bcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbda7f2b848f848bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21b3fe1d88e14a58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce428da7cf4f4cdf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Physical Solana ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BNGJ9G01</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,948</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>