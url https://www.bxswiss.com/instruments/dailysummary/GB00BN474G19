--- v0 (2025-10-25)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6a97d1ef9544f4f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red604c79f04a4bcd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0b6bd7011124895"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R709f8878c4e54114"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6baebb50420408c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0b6bd7011124895" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e869592c2f9453a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R709f8878c4e54114" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Physical CoinDesk 20 ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BN474G19</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,216</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,447</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>