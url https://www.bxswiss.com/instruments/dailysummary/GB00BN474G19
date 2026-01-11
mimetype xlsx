--- v1 (2025-11-14)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red604c79f04a4bcd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3494b973c0b41f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R709f8878c4e54114"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2650f20206ad45a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e869592c2f9453a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R709f8878c4e54114" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73f2975fe6f64a98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2650f20206ad45a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Physical CoinDesk 20 ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BN474G19</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>20,447</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,466</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>