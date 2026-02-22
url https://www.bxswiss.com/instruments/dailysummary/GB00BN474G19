--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3494b973c0b41f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raefe95aee37344a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2650f20206ad45a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e790fd9a0154523"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73f2975fe6f64a98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2650f20206ad45a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62ea14fc90274c81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e790fd9a0154523" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Physical CoinDesk 20 ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BN474G19</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...306 lines deleted...]
-          <x:t>17,054</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,653</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>18,466</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,953</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>