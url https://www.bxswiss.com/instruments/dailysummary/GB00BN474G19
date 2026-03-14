--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raefe95aee37344a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e9d25e5cab541a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e790fd9a0154523"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d6189a457724adf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62ea14fc90274c81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e790fd9a0154523" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f2923a72a824da3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d6189a457724adf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Physical CoinDesk 20 ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BN474G19</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,931</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,731</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>