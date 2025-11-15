--- v0 (2025-10-25)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red7be28d491b4e03" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R163dd78be03e458e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27a0c953256a474a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9a3504eede54036"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad549a926f6a408b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27a0c953256a474a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e7cb22cc6ee4516" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9a3504eede54036" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Physical Crypto Mega Cap Equal Weight ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BMTP1733</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,049</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,061</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>