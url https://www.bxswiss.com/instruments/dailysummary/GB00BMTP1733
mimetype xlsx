--- v1 (2025-11-15)
+++ v2 (2026-01-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R163dd78be03e458e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdab66a2d3f1a441b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9a3504eede54036"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0ae73d4dc734428"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e7cb22cc6ee4516" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9a3504eede54036" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf987f2ebc99b492c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0ae73d4dc734428" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Physical Crypto Mega Cap Equal Weight ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BMTP1733</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>9,061</x:t>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,526</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>