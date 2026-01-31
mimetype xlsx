--- v2 (2026-01-05)
+++ v3 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdab66a2d3f1a441b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc750f3893e5649c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0ae73d4dc734428"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re935a74c410d4de5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf987f2ebc99b492c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0ae73d4dc734428" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6718ad4e35de402d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re935a74c410d4de5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Physical Crypto Mega Cap Equal Weight ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BMTP1733</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...230 lines deleted...]
-          <x:t>7,632</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,795</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>7,526</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,871</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>