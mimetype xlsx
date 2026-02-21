--- v3 (2026-01-31)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc750f3893e5649c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0a1fc84598d459b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re935a74c410d4de5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9318bd2c314c4745"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6718ad4e35de402d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re935a74c410d4de5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9156801de8d144fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9318bd2c314c4745" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Physical Crypto Mega Cap Equal Weight ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BMTP1733</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,691</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -710,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,220</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>