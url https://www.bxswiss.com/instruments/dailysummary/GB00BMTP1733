--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0a1fc84598d459b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbeda10f4262466f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9318bd2c314c4745"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3500d85d630d4b58"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9156801de8d144fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9318bd2c314c4745" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R630af6cf68a84880" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3500d85d630d4b58" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Physical Crypto Mega Cap Equal Weight ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BMTP1733</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...387 lines deleted...]
-          <x:t>5,356</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,309</x:t>
-[...242 lines deleted...]
-          <x:t>5,220</x:t>
+          <x:t>5,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,580</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>