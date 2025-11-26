--- v0 (2025-10-07)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb60758522a2d4301" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9c321e723c348a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0524f80da0ef4901"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ad6f6d8e467432f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bc61dab515e4a27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0524f80da0ef4901" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec3315e5733d46dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ad6f6d8e467432f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Physical Crypto Market ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BMTP1626</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>8,841</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,871</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>