--- v1 (2025-11-26)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9c321e723c348a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1565a416f6904cfb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ad6f6d8e467432f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra406f61909e346c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec3315e5733d46dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ad6f6d8e467432f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc496977b379d4199" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra406f61909e346c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Physical Crypto Market ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BMTP1626</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...419 lines deleted...]
-          <x:t>6,106</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,142</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>5,871</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,172</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>