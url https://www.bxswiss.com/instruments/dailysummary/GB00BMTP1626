--- v2 (2026-01-07)
+++ v3 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1565a416f6904cfb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5522df4118374d60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra406f61909e346c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra795d3f0dd28434a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc496977b379d4199" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra406f61909e346c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re679837f5c854328" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra795d3f0dd28434a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Physical Crypto Market ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BMTP1626</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,165</x:t>
-[...75 lines deleted...]
-          <x:t>6,009</x:t>
+          <x:t>5,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,896</x:t>
-[...26 lines deleted...]
-          <x:t>5,900</x:t>
+          <x:t>6,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,953</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>5,920</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,638</x:t>
-[...215 lines deleted...]
-          <x:t>6,172</x:t>
+          <x:t>5,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,234</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>