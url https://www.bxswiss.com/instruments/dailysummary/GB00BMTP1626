--- v3 (2026-01-31)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5522df4118374d60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e8f071b45084def" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra795d3f0dd28434a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95c965d049c54f31"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re679837f5c854328" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra795d3f0dd28434a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb6c817f34bf461a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95c965d049c54f31" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Physical Crypto Market ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BMTP1626</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,856</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -710,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,157</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>