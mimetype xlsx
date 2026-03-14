--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e8f071b45084def" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd793c24df8944f4e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95c965d049c54f31"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06b4f43349104dae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb6c817f34bf461a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95c965d049c54f31" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1836901a92454e2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06b4f43349104dae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Physical Crypto Market ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BMTP1626</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...365 lines deleted...]
-          <x:t>3,943</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,308</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>4,157</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,491</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>