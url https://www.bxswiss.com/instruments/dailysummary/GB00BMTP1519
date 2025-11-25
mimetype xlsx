--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1707545560764ae2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23bffc64ffe54401" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64172e69832d49f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb28bbe71bedc4b54"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb037a3c81bce4742" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64172e69832d49f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R069db244499b48d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb28bbe71bedc4b54" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Physical Crypto Altcoins ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BMTP1519</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>4,003</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,012</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>