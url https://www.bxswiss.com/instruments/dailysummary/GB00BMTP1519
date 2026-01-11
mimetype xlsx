--- v1 (2025-11-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23bffc64ffe54401" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d3bb7d7be154ec1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb28bbe71bedc4b54"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f43733c6b2c4358"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R069db244499b48d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb28bbe71bedc4b54" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0baeae48b5445c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f43733c6b2c4358" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Physical Crypto Altcoins ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BMTP1519</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...431 lines deleted...]
-          <x:t>17.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,282</x:t>
-[...4 lines deleted...]
-          <x:t>3,078</x:t>
+          <x:t>3,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,117</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>3,012</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,133</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>