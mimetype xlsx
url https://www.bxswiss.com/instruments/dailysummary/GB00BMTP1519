--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d3bb7d7be154ec1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7f03a9232f84bd4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f43733c6b2c4358"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f69fca12bb545c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0baeae48b5445c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f43733c6b2c4358" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca1270781695455f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f69fca12bb545c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Physical Crypto Altcoins ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BMTP1519</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...161 lines deleted...]
-          <x:t>18.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,880</x:t>
-[...124 lines deleted...]
-          <x:t>30.12.2025</x:t>
+          <x:t>2,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,810</x:t>
-[...144 lines deleted...]
-          <x:t>3,133</x:t>
+          <x:t>2,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>