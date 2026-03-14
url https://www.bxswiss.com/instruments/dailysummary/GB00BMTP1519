--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7f03a9232f84bd4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87da3303f7074834" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f69fca12bb545c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9224c3f690674934"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca1270781695455f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f69fca12bb545c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a7f36ea1e2b46d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9224c3f690674934" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Physical Crypto Altcoins ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BMTP1519</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...333 lines deleted...]
-          <x:t>2,073</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,856</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-          <x:t>09.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,956</x:t>
-[...187 lines deleted...]
-        <x:is>
           <x:t>1,975</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>1,925</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>